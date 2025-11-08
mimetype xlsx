--- v0 (2025-10-07)
+++ v1 (2025-11-08)
@@ -1,90 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JoannaKohanovica\Desktop\ATSKAITES\Alga pa amatu grupām mēneša sākumā\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B75ECDF8-4C5A-452B-9611-544940B3F080}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3ADA72EC-5738-433F-B4F2-1B78E352CCD6}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8364" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="7212" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="__bookmark_1">Sheet0!$A$8:$E$49,Sheet0!$A$50:$E$89,Sheet0!$A$90:$E$100</definedName>
+    <definedName name="__bookmark_1">Sheet0!$A$8:$E$48,Sheet0!$A$49:$E$88,Sheet0!$A$89:$E$99</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="241">
   <si>
     <t xml:space="preserve">1. pielikums </t>
   </si>
   <si>
     <t xml:space="preserve">Ministru kabineta </t>
   </si>
   <si>
     <t xml:space="preserve">2016. gada 12. aprīļa </t>
   </si>
   <si>
     <t>noteikumiem Nr. 225</t>
   </si>
   <si>
     <t xml:space="preserve"> Informācija par amatpersonu un darbinieku mēnešalgas apmēru </t>
   </si>
   <si>
     <t xml:space="preserve">sadalījumā pa amatu grupām (bruto, euro) </t>
   </si>
   <si>
-    <t>2025. gada oktobris</t>
+    <t>2025. gada novembris</t>
   </si>
   <si>
     <t>Amatu grupa</t>
   </si>
   <si>
     <t>Amatu skaits</t>
   </si>
   <si>
     <t>Mēnešalgas diapazons</t>
   </si>
   <si>
     <t>Vidējā mēnešalga</t>
   </si>
   <si>
     <t xml:space="preserve">Amatu saime, apakšsaime, līmenis vai amata kategorija, līmenis </t>
   </si>
   <si>
     <t>Amata nosaukums</t>
   </si>
   <si>
     <t>1.1. IV</t>
   </si>
   <si>
     <t>direktora vietnieks</t>
   </si>
@@ -190,98 +189,92 @@
   <si>
     <t>arhīva pārzinis</t>
   </si>
   <si>
     <t>972.00*</t>
   </si>
   <si>
     <t>20.3. I</t>
   </si>
   <si>
     <t>lietvedis</t>
   </si>
   <si>
     <t>972.00 - 1087.00</t>
   </si>
   <si>
     <t>1048.67</t>
   </si>
   <si>
     <t>pakalpojumu lietvedis</t>
   </si>
   <si>
     <t>824.00 - 1054.00</t>
   </si>
   <si>
-    <t>970.69</t>
+    <t>973.20</t>
   </si>
   <si>
     <t>pakalpojumu lietvedis (ar arhivāra funkcijām)</t>
   </si>
   <si>
     <t>972.00 - 1054.00</t>
   </si>
   <si>
     <t>1013.00</t>
   </si>
   <si>
     <t>20.3. II</t>
   </si>
   <si>
     <t>vecākais lietvedis</t>
   </si>
   <si>
     <t>1087.00 - 1167.00</t>
   </si>
   <si>
     <t>1113.67</t>
   </si>
   <si>
     <t>20.3. III</t>
   </si>
   <si>
     <t>lietvedības pārzinis</t>
   </si>
   <si>
     <t>1140.00</t>
   </si>
   <si>
     <t>20.6. III</t>
   </si>
   <si>
     <t>statistiķis</t>
   </si>
   <si>
     <t>1539.00</t>
   </si>
   <si>
-    <t>statistiķis - biznesa analītiķis</t>
-[...4 lines deleted...]
-  <si>
     <t>20.6. IV</t>
   </si>
   <si>
     <t>finanšu statistiķis</t>
   </si>
   <si>
     <t>1899.00</t>
   </si>
   <si>
     <t>vecākais statistiķis</t>
   </si>
   <si>
     <t>1921.00 - 2001.00</t>
   </si>
   <si>
     <t>1961.00</t>
   </si>
   <si>
     <t>20.6. V</t>
   </si>
   <si>
     <t>2630.00</t>
   </si>
   <si>
     <t>21.2. I</t>
@@ -340,131 +333,134 @@
   <si>
     <t>21.4. I</t>
   </si>
   <si>
     <t>informācijas sistēminženieris</t>
   </si>
   <si>
     <t>1190.00 - 1487.50</t>
   </si>
   <si>
     <t>1367.50</t>
   </si>
   <si>
     <t>vecākais programmētājs</t>
   </si>
   <si>
     <t>1052.00* - 1547.00*</t>
   </si>
   <si>
     <t>1175.75*</t>
   </si>
   <si>
     <t>21.4. II</t>
   </si>
   <si>
-    <t>1278.00 - 1862.50</t>
-[...2 lines deleted...]
-    <t>1505.92</t>
+    <t>1330.00 - 1862.50</t>
+  </si>
+  <si>
+    <t>1551.50</t>
   </si>
   <si>
     <t>vecākais biznesa analītiķis</t>
   </si>
   <si>
+    <t>1258.00 - 1715.70</t>
+  </si>
+  <si>
+    <t>1505.91</t>
+  </si>
+  <si>
+    <t>21.4. III</t>
+  </si>
+  <si>
+    <t>galvenais biznesa analītiķis</t>
+  </si>
+  <si>
+    <t>2081.00</t>
+  </si>
+  <si>
+    <t>2593.35 - 2705.30</t>
+  </si>
+  <si>
+    <t>2677.71</t>
+  </si>
+  <si>
+    <t>1910.00 - 2601.25</t>
+  </si>
+  <si>
+    <t>2014.96</t>
+  </si>
+  <si>
+    <t>21.4. IV</t>
+  </si>
+  <si>
+    <t>sistēmu konstruktors</t>
+  </si>
+  <si>
+    <t>3138.17</t>
+  </si>
+  <si>
+    <t>vadošais biznesa analītiķis</t>
+  </si>
+  <si>
+    <t>2391.00 - 2821.38</t>
+  </si>
+  <si>
+    <t>2606.19</t>
+  </si>
+  <si>
+    <t>2391.00 - 2869.20</t>
+  </si>
+  <si>
+    <t>2709.80</t>
+  </si>
+  <si>
+    <t>21.5. II</t>
+  </si>
+  <si>
+    <t>datorsistēmu un datortīklu administrators</t>
+  </si>
+  <si>
+    <t>1140.00*</t>
+  </si>
+  <si>
+    <t>21.5. III</t>
+  </si>
+  <si>
+    <t>informācijas sistēmu analītiķis</t>
+  </si>
+  <si>
+    <t>1365.56</t>
+  </si>
+  <si>
+    <t>vecākais datorsistēmu un datortīklu administrators</t>
+  </si>
+  <si>
     <t>1330.00 - 1715.70</t>
   </si>
   <si>
-    <t>1547.23</t>
-[...67 lines deleted...]
-  <si>
     <t>1522.85</t>
   </si>
   <si>
     <t>vecākais informācijas sistēmu administrators</t>
   </si>
   <si>
     <t>21.5. IV</t>
   </si>
   <si>
     <t>informācijas sistēmu uzturētājs</t>
   </si>
   <si>
     <t>1921.00 - 2201.10</t>
   </si>
   <si>
     <t>2053.86</t>
   </si>
   <si>
     <t>2113.10 - 2478.09</t>
   </si>
   <si>
     <t>2295.60</t>
   </si>
   <si>
     <t>vecākais informācijas sistēmu uzturētājs</t>
@@ -532,84 +528,84 @@
   <si>
     <t>1522.00 - 1619.00</t>
   </si>
   <si>
     <t>1560.00</t>
   </si>
   <si>
     <t>24. III</t>
   </si>
   <si>
     <t>vecākais juriskonsults</t>
   </si>
   <si>
     <t>24. IV</t>
   </si>
   <si>
     <t>25. III</t>
   </si>
   <si>
     <t>inspektors</t>
   </si>
   <si>
     <t>1051.00 - 1151.00</t>
   </si>
   <si>
-    <t>1146.83</t>
+    <t>1143.00</t>
   </si>
   <si>
     <t>klientu apkalpošanas operators</t>
   </si>
   <si>
     <t>1125.00</t>
   </si>
   <si>
     <t>25. IV</t>
   </si>
   <si>
     <t>pabalstu inspektors</t>
   </si>
   <si>
     <t>1076.00* - 1272.00*</t>
   </si>
   <si>
-    <t>1184.08*</t>
+    <t>1182.42*</t>
   </si>
   <si>
     <t>pensiju inspektors</t>
   </si>
   <si>
     <t>1076.00* - 1242.00*</t>
   </si>
   <si>
-    <t>1177.41*</t>
-[...5 lines deleted...]
-    <t>1307.15</t>
+    <t>1177.10*</t>
+  </si>
+  <si>
+    <t>1180.00* - 1468.00*</t>
+  </si>
+  <si>
+    <t>1307.38*</t>
   </si>
   <si>
     <t>25. V</t>
   </si>
   <si>
     <t>vadošais inspektors</t>
   </si>
   <si>
     <t>1377.00 - 1695.00</t>
   </si>
   <si>
     <t>1434.09</t>
   </si>
   <si>
     <t>25. VI</t>
   </si>
   <si>
     <t>1693.00 - 2023.00</t>
   </si>
   <si>
     <t>1731.52</t>
   </si>
   <si>
     <t>25. VII</t>
   </si>
@@ -746,179 +742,222 @@
     <t>vadītāja palīgs</t>
   </si>
   <si>
     <t>1087.00 - 1115.00</t>
   </si>
   <si>
     <t>1112.20</t>
   </si>
   <si>
     <t>46.1. II</t>
   </si>
   <si>
     <t>automobiļa vadītājs</t>
   </si>
   <si>
     <t>909.00*</t>
   </si>
   <si>
     <t>8. III</t>
   </si>
   <si>
     <t>darba aizsardzības speciālists</t>
   </si>
   <si>
     <t>1200.00*</t>
-  </si>
-[...1 lines deleted...]
-    <t>* (mēnešalga par pilnu slodzi)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
-    </font>
-[...10 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1191,1617 +1230,1593 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E101"/>
+  <dimension ref="A1:E99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C101" sqref="C101"/>
+      <selection activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.6640625" customWidth="1"/>
     <col min="2" max="2" width="36.21875" customWidth="1"/>
-    <col min="3" max="3" width="5.88671875" style="6" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.6640625" customWidth="1"/>
+    <col min="3" max="3" width="5.88671875" style="14" customWidth="1"/>
+    <col min="4" max="4" width="17.44140625" customWidth="1"/>
+    <col min="5" max="5" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" s="1"/>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="E3" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="1"/>
       <c r="E4" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="B5" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="B6" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="B7" s="4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A8" s="7" t="s">
+    <row r="8" spans="1:5" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="11"/>
-      <c r="C8" s="7" t="s">
+      <c r="B8" s="21"/>
+      <c r="C8" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="7" t="s">
+      <c r="D8" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="E8" s="7" t="s">
+      <c r="E8" s="9" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="52.8" x14ac:dyDescent="0.3">
-      <c r="A9" s="8" t="s">
+    <row r="9" spans="1:5" s="10" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="8" t="s">
+      <c r="B9" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="12"/>
-[...1 lines deleted...]
-      <c r="E9" s="11"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="12"/>
+      <c r="E9" s="12"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="9" t="s">
+      <c r="B10" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="5">
+      <c r="C10" s="13">
         <v>2</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="9" t="s">
+      <c r="B11" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="5">
+      <c r="C11" s="13">
         <v>1</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B12" s="9" t="s">
+      <c r="B12" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="5">
+      <c r="C12" s="13">
         <v>1</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="9" t="s">
+      <c r="B13" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="5">
+      <c r="C13" s="13">
         <v>2</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B14" s="9" t="s">
+      <c r="B14" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="C14" s="5">
+      <c r="C14" s="13">
         <v>3</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="9" t="s">
+      <c r="B15" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="C15" s="5">
+      <c r="C15" s="13">
         <v>1</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B16" s="9" t="s">
+      <c r="B16" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C16" s="5">
+      <c r="C16" s="13">
         <v>1</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B17" s="9" t="s">
+      <c r="B17" s="17" t="s">
         <v>36</v>
       </c>
-      <c r="C17" s="5">
+      <c r="C17" s="13">
         <v>14</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="9" t="s">
+      <c r="B18" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C18" s="5">
+      <c r="C18" s="13">
         <v>2</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="9" t="s">
+      <c r="B19" s="17" t="s">
         <v>43</v>
       </c>
-      <c r="C19" s="5">
+      <c r="C19" s="13">
         <v>1</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="9" t="s">
+      <c r="B20" s="17" t="s">
         <v>46</v>
       </c>
-      <c r="C20" s="5">
+      <c r="C20" s="13">
         <v>2</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="9" t="s">
+      <c r="B21" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="C21" s="5">
+      <c r="C21" s="13">
         <v>0.75</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>49</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A22" s="5" t="s">
+      <c r="A22" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="9" t="s">
+      <c r="B22" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="C22" s="5">
+      <c r="C22" s="16">
         <v>4</v>
       </c>
-      <c r="D22" s="5" t="s">
+      <c r="D22" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="E22" s="5" t="s">
+      <c r="E22" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A23" s="9"/>
-      <c r="B23" s="9" t="s">
+      <c r="A23" s="7"/>
+      <c r="B23" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="C23" s="5">
+      <c r="C23" s="16">
         <v>60</v>
       </c>
-      <c r="D23" s="5" t="s">
+      <c r="D23" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="E23" s="5" t="s">
+      <c r="E23" s="6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A24" s="9"/>
-      <c r="B24" s="9" t="s">
+      <c r="A24" s="7"/>
+      <c r="B24" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="C24" s="5">
+      <c r="C24" s="16">
         <v>2</v>
       </c>
-      <c r="D24" s="5" t="s">
+      <c r="D24" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="E24" s="5" t="s">
+      <c r="E24" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A25" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="B25" s="9" t="s">
+      <c r="B25" s="17" t="s">
         <v>61</v>
       </c>
-      <c r="C25" s="5">
+      <c r="C25" s="13">
         <v>3</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="B26" s="9" t="s">
+      <c r="B26" s="17" t="s">
         <v>65</v>
       </c>
-      <c r="C26" s="5">
+      <c r="C26" s="13">
         <v>1</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="B27" s="9" t="s">
+      <c r="B27" s="17" t="s">
         <v>68</v>
       </c>
-      <c r="C27" s="5">
+      <c r="C27" s="13">
         <v>1</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A28" s="9"/>
-      <c r="B28" s="9" t="s">
+      <c r="A28" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="C28" s="5">
-[...2 lines deleted...]
-      <c r="D28" s="5" t="s">
+      <c r="B28" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="E28" s="5" t="s">
-        <v>71</v>
+      <c r="C28" s="16">
+        <v>1</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A29" s="5" t="s">
-[...2 lines deleted...]
-      <c r="B29" s="9" t="s">
+      <c r="A29" s="7"/>
+      <c r="B29" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="C29" s="5">
-[...2 lines deleted...]
-      <c r="D29" s="5" t="s">
+      <c r="C29" s="16">
+        <v>2</v>
+      </c>
+      <c r="D29" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="E29" s="5" t="s">
-        <v>74</v>
+      <c r="E29" s="6" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A30" s="9"/>
-[...4 lines deleted...]
-        <v>2</v>
+      <c r="A30" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B30" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C30" s="13">
+        <v>1</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="B31" s="9" t="s">
+      <c r="B31" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="C31" s="13">
+        <v>11</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A32" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C32" s="16">
+        <v>8</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A33" s="7"/>
+      <c r="B33" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C33" s="16">
+        <v>1</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A34" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="B34" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C31" s="5">
-[...48 lines deleted...]
-      <c r="C34" s="5">
+      <c r="C34" s="13">
         <v>1</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>88</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A35" s="5" t="s">
+      <c r="A35" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="B35" s="9" t="s">
+      <c r="B35" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C35" s="5">
-[...2 lines deleted...]
-      <c r="D35" s="5" t="s">
+      <c r="C35" s="16">
+        <v>4</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="E35" s="5" t="s">
-        <v>90</v>
+      <c r="E35" s="6" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A36" s="5" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="9" t="s">
+      <c r="A36" s="7"/>
+      <c r="B36" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C36" s="16">
+        <v>1</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A37" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="B37" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C36" s="5">
-[...14 lines deleted...]
-      <c r="C37" s="5">
+      <c r="C37" s="13">
         <v>1</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A38" s="5" t="s">
+      <c r="A38" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="B38" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D38" s="5" t="s">
+      <c r="B38" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="E38" s="5" t="s">
-        <v>97</v>
+      <c r="C38" s="16">
+        <v>3</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A39" s="5" t="s">
-[...5 lines deleted...]
-      <c r="C39" s="5">
+      <c r="A39" s="7"/>
+      <c r="B39" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C39" s="16">
+        <v>1</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A40" s="7"/>
+      <c r="B40" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="C40" s="16">
+        <v>5</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A41" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="B41" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="C41" s="19">
+        <v>6</v>
+      </c>
+      <c r="D41" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A42" s="7"/>
+      <c r="B42" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="C42" s="16">
+        <v>7</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A43" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="B43" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="C43" s="19">
+        <v>1</v>
+      </c>
+      <c r="D43" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A44" s="7"/>
+      <c r="B44" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C44" s="16">
+        <v>5</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A45" s="7"/>
+      <c r="B45" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C45" s="16">
+        <v>16</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A46" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B46" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="C46" s="19">
+        <v>1</v>
+      </c>
+      <c r="D46" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E46" s="18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A47" s="7"/>
+      <c r="B47" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="C47" s="16">
+        <v>1</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A48" s="7"/>
+      <c r="B48" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C48" s="16">
+        <v>2</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A49" s="7"/>
+      <c r="B49" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C49" s="16">
+        <v>4</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A50" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B50" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="C50" s="19">
+        <v>0.5</v>
+      </c>
+      <c r="D50" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E50" s="18" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A51" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C51" s="16">
+        <v>9</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A52" s="7"/>
+      <c r="B52" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="C52" s="16">
+        <v>2</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A53" s="7"/>
+      <c r="B53" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="C53" s="16">
+        <v>2</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A54" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B54" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C54" s="19">
+        <v>5</v>
+      </c>
+      <c r="D54" s="18" t="s">
+        <v>136</v>
+      </c>
+      <c r="E54" s="18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A55" s="7"/>
+      <c r="B55" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C55" s="16">
+        <v>2</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A56" s="7"/>
+      <c r="B56" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="C56" s="16">
+        <v>2</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A57" s="7"/>
+      <c r="B57" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C57" s="16">
+        <v>1</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A58" s="7"/>
+      <c r="B58" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="C58" s="16">
+        <v>1</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A59" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B59" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C59" s="19">
+        <v>2</v>
+      </c>
+      <c r="D59" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="E59" s="18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A60" s="7"/>
+      <c r="B60" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="C60" s="16">
+        <v>1</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A61" s="7"/>
+      <c r="B61" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="C61" s="16">
+        <v>11</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A62" s="7"/>
+      <c r="B62" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="C62" s="16">
+        <v>1</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A63" s="7"/>
+      <c r="B63" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="C63" s="16">
+        <v>2</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A64" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="B64" s="17" t="s">
+        <v>154</v>
+      </c>
+      <c r="C64" s="13">
+        <v>2</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A65" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="C65" s="16">
+        <v>1</v>
+      </c>
+      <c r="D65" s="6"/>
+      <c r="E65" s="6"/>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A66" s="7"/>
+      <c r="B66" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C66" s="16">
         <v>3</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...423 lines deleted...]
-      <c r="E66" s="5"/>
+      <c r="D66" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A67" s="9"/>
-      <c r="B67" s="9" t="s">
+      <c r="A67" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="C67" s="5">
+      <c r="B67" s="17" t="s">
+        <v>160</v>
+      </c>
+      <c r="C67" s="13">
         <v>3</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>90</v>
+        <v>161</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>90</v>
+        <v>162</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="5" t="s">
-        <v>160</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>163</v>
+      </c>
+      <c r="B68" s="17" t="s">
+        <v>164</v>
+      </c>
+      <c r="C68" s="13">
+        <v>4</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>162</v>
+        <v>44</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>163</v>
+        <v>44</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="5" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="B69" s="9" t="s">
         <v>165</v>
       </c>
-      <c r="C69" s="5">
-        <v>4</v>
+      <c r="B69" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C69" s="13">
+        <v>1</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A70" s="5" t="s">
+      <c r="A70" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="B70" s="9" t="s">
-[...9 lines deleted...]
-        <v>34</v>
+      <c r="B70" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="C70" s="16">
+        <v>26</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>169</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A71" s="5" t="s">
-[...11 lines deleted...]
-      <c r="E71" s="5" t="s">
+      <c r="A71" s="7"/>
+      <c r="B71" s="7" t="s">
         <v>170</v>
       </c>
+      <c r="C71" s="16">
+        <v>21</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>171</v>
+      </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A72" s="9"/>
-[...6 lines deleted...]
-      <c r="D72" s="5" t="s">
+      <c r="A72" s="18" t="s">
         <v>172</v>
       </c>
-      <c r="E72" s="5" t="s">
-        <v>172</v>
+      <c r="B72" s="8" t="s">
+        <v>173</v>
+      </c>
+      <c r="C72" s="19">
+        <v>219.75</v>
+      </c>
+      <c r="D72" s="18" t="s">
+        <v>174</v>
+      </c>
+      <c r="E72" s="18" t="s">
+        <v>175</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A73" s="5" t="s">
-[...11 lines deleted...]
-      <c r="E73" s="5" t="s">
+      <c r="A73" s="7"/>
+      <c r="B73" s="7" t="s">
         <v>176</v>
       </c>
+      <c r="C73" s="16">
+        <v>196</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>178</v>
+      </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A74" s="9"/>
-[...9 lines deleted...]
-      <c r="E74" s="5" t="s">
+      <c r="A74" s="7"/>
+      <c r="B74" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C74" s="16">
+        <v>55</v>
+      </c>
+      <c r="D74" s="6" t="s">
         <v>179</v>
       </c>
+      <c r="E74" s="6" t="s">
+        <v>180</v>
+      </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A75" s="9"/>
-[...4 lines deleted...]
-        <v>55</v>
+      <c r="A75" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="B75" s="17" t="s">
+        <v>182</v>
+      </c>
+      <c r="C75" s="13">
+        <v>65</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" s="5" t="s">
-        <v>182</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>185</v>
+      </c>
+      <c r="B76" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C76" s="13">
+        <v>23</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="5" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="B77" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="B77" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C77" s="5">
-        <v>23</v>
+      <c r="C77" s="13">
+        <v>11</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A78" s="5" t="s">
-[...2 lines deleted...]
-      <c r="B78" s="9" t="s">
+      <c r="A78" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C78" s="16">
+        <v>1</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A79" s="7"/>
+      <c r="B79" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="C79" s="16">
+        <v>1</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A80" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="B80" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="C80" s="19">
+        <v>1</v>
+      </c>
+      <c r="D80" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="E80" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A81" s="7"/>
+      <c r="B81" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="C81" s="16">
+        <v>6</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A82" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="B82" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C78" s="5">
-[...64 lines deleted...]
-        <v>6</v>
+      <c r="C82" s="13">
+        <v>1</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>37</v>
+        <v>201</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A83" s="5" t="s">
-        <v>201</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>202</v>
+      </c>
+      <c r="B83" s="17" t="s">
+        <v>203</v>
+      </c>
+      <c r="C83" s="13">
+        <v>2</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="B84" s="17" t="s">
         <v>203</v>
       </c>
-      <c r="B84" s="9" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="5">
+      <c r="C84" s="13">
+        <v>1</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A85" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="B85" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="C85" s="16">
+        <v>1</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A86" s="7"/>
+      <c r="B86" s="7" t="s">
+        <v>209</v>
+      </c>
+      <c r="C86" s="16">
         <v>2</v>
       </c>
-      <c r="D84" s="5" t="s">
-[...33 lines deleted...]
-      <c r="D86" s="5" t="s">
+      <c r="D86" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="E86" s="5" t="s">
+      <c r="E86" s="6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A87" s="9"/>
-      <c r="B87" s="9" t="s">
+      <c r="A87" s="18" t="s">
         <v>210</v>
       </c>
-      <c r="C87" s="5">
-[...6 lines deleted...]
-        <v>44</v>
+      <c r="B87" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C87" s="19">
+        <v>1</v>
+      </c>
+      <c r="D87" s="18" t="s">
+        <v>211</v>
+      </c>
+      <c r="E87" s="18" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A88" s="5" t="s">
-[...2 lines deleted...]
-      <c r="B88" s="9" t="s">
+      <c r="A88" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="B88" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="C88" s="19">
+        <v>4</v>
+      </c>
+      <c r="D88" s="18" t="s">
+        <v>214</v>
+      </c>
+      <c r="E88" s="18" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A89" s="7"/>
+      <c r="B89" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="C89" s="16">
+        <v>22</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A90" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="B90" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C88" s="5">
-[...32 lines deleted...]
-        <v>22</v>
+      <c r="C90" s="13">
+        <v>1</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="5" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="B91" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="B91" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C91" s="5">
-        <v>1</v>
+      <c r="C91" s="13">
+        <v>2</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>221</v>
+        <v>34</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A92" s="5" t="s">
-[...8 lines deleted...]
-      <c r="D92" s="5" t="s">
+      <c r="A92" s="6" t="s">
         <v>223</v>
       </c>
-      <c r="E92" s="5" t="s">
-        <v>34</v>
+      <c r="B92" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="C92" s="16">
+        <v>1</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A93" s="5" t="s">
-[...2 lines deleted...]
-      <c r="B93" s="9" t="s">
+      <c r="A93" s="7"/>
+      <c r="B93" s="7" t="s">
+        <v>209</v>
+      </c>
+      <c r="C93" s="16">
+        <v>1</v>
+      </c>
+      <c r="D93" s="6" t="s">
         <v>225</v>
       </c>
-      <c r="C93" s="5">
-[...6 lines deleted...]
-        <v>69</v>
+      <c r="E93" s="6" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A94" s="9"/>
-[...3 lines deleted...]
-      <c r="C94" s="5">
+      <c r="A94" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="B94" s="17" t="s">
+        <v>227</v>
+      </c>
+      <c r="C94" s="13">
         <v>1</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A95" s="5" t="s">
-[...8 lines deleted...]
-      <c r="D95" s="5" t="s">
+      <c r="A95" s="6" t="s">
         <v>229</v>
       </c>
-      <c r="E95" s="5" t="s">
-        <v>229</v>
+      <c r="B95" s="7" t="s">
+        <v>230</v>
+      </c>
+      <c r="C95" s="16">
+        <v>1</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A96" s="5" t="s">
-[...8 lines deleted...]
-      <c r="D96" s="5" t="s">
+      <c r="A96" s="7"/>
+      <c r="B96" s="7" t="s">
         <v>232</v>
       </c>
-      <c r="E96" s="5" t="s">
-        <v>232</v>
+      <c r="C96" s="16">
+        <v>10</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>234</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A97" s="9"/>
-[...4 lines deleted...]
-        <v>10</v>
+      <c r="A97" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="B97" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="C97" s="13">
+        <v>0.5</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="5" t="s">
-        <v>236</v>
-[...4 lines deleted...]
-      <c r="C98" s="5">
+        <v>238</v>
+      </c>
+      <c r="B98" s="17" t="s">
+        <v>239</v>
+      </c>
+      <c r="C98" s="13">
         <v>0.5</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A99" s="5" t="s">
-[...18 lines deleted...]
-      <c r="C100" s="10">
+      <c r="A99" s="17"/>
+      <c r="B99" s="17"/>
+      <c r="C99" s="20">
         <v>919</v>
       </c>
-      <c r="D100" s="9"/>
-[...5 lines deleted...]
-      </c>
+      <c r="D99" s="17"/>
+      <c r="E99" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.45" bottom="0.85" header="0.2" footer="0.6"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>