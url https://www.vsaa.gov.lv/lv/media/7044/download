--- v1 (2025-11-08)
+++ v2 (2025-12-19)
@@ -1,89 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JoannaKohanovica\Desktop\ATSKAITES\Alga pa amatu grupām mēneša sākumā\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3ADA72EC-5738-433F-B4F2-1B78E352CCD6}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E61A1D9A-3E91-43A6-8A8A-209A811133BC}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="7212" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="__bookmark_1">Sheet0!$A$8:$E$48,Sheet0!$A$49:$E$88,Sheet0!$A$89:$E$99</definedName>
+    <definedName name="__bookmark_1">Sheet0!$A$8:$E$49,Sheet0!$A$50:$E$89,Sheet0!$A$90:$E$100</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="242">
   <si>
     <t xml:space="preserve">1. pielikums </t>
   </si>
   <si>
     <t xml:space="preserve">Ministru kabineta </t>
   </si>
   <si>
     <t xml:space="preserve">2016. gada 12. aprīļa </t>
   </si>
   <si>
     <t>noteikumiem Nr. 225</t>
   </si>
   <si>
     <t xml:space="preserve"> Informācija par amatpersonu un darbinieku mēnešalgas apmēru </t>
   </si>
   <si>
     <t xml:space="preserve">sadalījumā pa amatu grupām (bruto, euro) </t>
   </si>
   <si>
-    <t>2025. gada novembris</t>
+    <t>2025. gada decembris</t>
   </si>
   <si>
     <t>Amatu grupa</t>
   </si>
   <si>
     <t>Amatu skaits</t>
   </si>
   <si>
     <t>Mēnešalgas diapazons</t>
   </si>
   <si>
     <t>Vidējā mēnešalga</t>
   </si>
   <si>
     <t xml:space="preserve">Amatu saime, apakšsaime, līmenis vai amata kategorija, līmenis </t>
   </si>
   <si>
     <t>Amata nosaukums</t>
   </si>
   <si>
     <t>1.1. IV</t>
   </si>
   <si>
     <t>direktora vietnieks</t>
   </si>
@@ -189,92 +190,95 @@
   <si>
     <t>arhīva pārzinis</t>
   </si>
   <si>
     <t>972.00*</t>
   </si>
   <si>
     <t>20.3. I</t>
   </si>
   <si>
     <t>lietvedis</t>
   </si>
   <si>
     <t>972.00 - 1087.00</t>
   </si>
   <si>
     <t>1048.67</t>
   </si>
   <si>
     <t>pakalpojumu lietvedis</t>
   </si>
   <si>
     <t>824.00 - 1054.00</t>
   </si>
   <si>
-    <t>973.20</t>
+    <t>973.18</t>
   </si>
   <si>
     <t>pakalpojumu lietvedis (ar arhivāra funkcijām)</t>
   </si>
   <si>
-    <t>972.00 - 1054.00</t>
-[...2 lines deleted...]
-    <t>1013.00</t>
+    <t>972.00</t>
   </si>
   <si>
     <t>20.3. II</t>
   </si>
   <si>
     <t>vecākais lietvedis</t>
   </si>
   <si>
     <t>1087.00 - 1167.00</t>
   </si>
   <si>
     <t>1113.67</t>
   </si>
   <si>
     <t>20.3. III</t>
   </si>
   <si>
     <t>lietvedības pārzinis</t>
   </si>
   <si>
     <t>1140.00</t>
   </si>
   <si>
     <t>20.6. III</t>
   </si>
   <si>
     <t>statistiķis</t>
   </si>
   <si>
     <t>1539.00</t>
   </si>
   <si>
+    <t>statistiķis - biznesa analītiķis</t>
+  </si>
+  <si>
+    <t>1522.00</t>
+  </si>
+  <si>
     <t>20.6. IV</t>
   </si>
   <si>
     <t>finanšu statistiķis</t>
   </si>
   <si>
     <t>1899.00</t>
   </si>
   <si>
     <t>vecākais statistiķis</t>
   </si>
   <si>
     <t>1921.00 - 2001.00</t>
   </si>
   <si>
     <t>1961.00</t>
   </si>
   <si>
     <t>20.6. V</t>
   </si>
   <si>
     <t>2630.00</t>
   </si>
   <si>
     <t>21.2. I</t>
@@ -495,117 +499,123 @@
   <si>
     <t>vadošais informācijas sistēmu uzturētājs</t>
   </si>
   <si>
     <t>2475.00</t>
   </si>
   <si>
     <t>vecākais informācijas tehnoloģiju  administrators</t>
   </si>
   <si>
     <t>21.6. II</t>
   </si>
   <si>
     <t>informācijas vadības speciālists</t>
   </si>
   <si>
     <t>1200.00</t>
   </si>
   <si>
     <t>21.7. III</t>
   </si>
   <si>
     <t>kiberdrošības pārvaldnieks</t>
   </si>
   <si>
+    <t>2488.00</t>
+  </si>
+  <si>
     <t>vadošais informācijas sistēmu drošības administrators</t>
   </si>
   <si>
     <t>24. II</t>
   </si>
   <si>
     <t>juriskonsults</t>
   </si>
   <si>
     <t>1522.00 - 1619.00</t>
   </si>
   <si>
     <t>1560.00</t>
   </si>
   <si>
     <t>24. III</t>
   </si>
   <si>
     <t>vecākais juriskonsults</t>
   </si>
   <si>
     <t>24. IV</t>
   </si>
   <si>
     <t>25. III</t>
   </si>
   <si>
     <t>inspektors</t>
   </si>
   <si>
     <t>1051.00 - 1151.00</t>
   </si>
   <si>
-    <t>1143.00</t>
+    <t>1142.67</t>
   </si>
   <si>
     <t>klientu apkalpošanas operators</t>
   </si>
   <si>
-    <t>1125.00</t>
+    <t>1025.00 - 1125.00</t>
+  </si>
+  <si>
+    <t>1119.74</t>
   </si>
   <si>
     <t>25. IV</t>
   </si>
   <si>
     <t>pabalstu inspektors</t>
   </si>
   <si>
     <t>1076.00* - 1272.00*</t>
   </si>
   <si>
-    <t>1182.42*</t>
+    <t>1181.79*</t>
   </si>
   <si>
     <t>pensiju inspektors</t>
   </si>
   <si>
     <t>1076.00* - 1242.00*</t>
   </si>
   <si>
-    <t>1177.10*</t>
+    <t>1176.58*</t>
   </si>
   <si>
     <t>1180.00* - 1468.00*</t>
   </si>
   <si>
-    <t>1307.38*</t>
+    <t>1308.45*</t>
   </si>
   <si>
     <t>25. V</t>
   </si>
   <si>
     <t>vadošais inspektors</t>
   </si>
   <si>
     <t>1377.00 - 1695.00</t>
   </si>
   <si>
     <t>1434.09</t>
   </si>
   <si>
     <t>25. VI</t>
   </si>
   <si>
     <t>1693.00 - 2023.00</t>
   </si>
   <si>
     <t>1731.52</t>
   </si>
   <si>
     <t>25. VII</t>
   </si>
@@ -631,56 +641,50 @@
     <t>1365.00</t>
   </si>
   <si>
     <t>3. IV</t>
   </si>
   <si>
     <t>apsaimniekošanas eksperts</t>
   </si>
   <si>
     <t>saimniecības pārzinis</t>
   </si>
   <si>
     <t>1370.00</t>
   </si>
   <si>
     <t>3. VI</t>
   </si>
   <si>
     <t>2071.00</t>
   </si>
   <si>
     <t>34. I</t>
   </si>
   <si>
     <t>personāla speciālists</t>
-  </si>
-[...4 lines deleted...]
-    <t>1110.00</t>
   </si>
   <si>
     <t>34. IIB</t>
   </si>
   <si>
     <t>34. III</t>
   </si>
   <si>
     <t>vadošais personāla speciālists</t>
   </si>
   <si>
     <t>vecākais personāla speciālists</t>
   </si>
   <si>
     <t>34. V</t>
   </si>
   <si>
     <t>2931.00</t>
   </si>
   <si>
     <t>36. IV</t>
   </si>
   <si>
     <t>vadošais eksperts</t>
   </si>
@@ -760,73 +764,65 @@
     <t>8. III</t>
   </si>
   <si>
     <t>darba aizsardzības speciālists</t>
   </si>
   <si>
     <t>1200.00*</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-      <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-      <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
-      <family val="2"/>
-      <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
@@ -857,106 +853,101 @@
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1230,1613 +1221,1637 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E99"/>
+  <dimension ref="A1:E100"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G6" sqref="G6"/>
+    <sheetView tabSelected="1" topLeftCell="A58" workbookViewId="0">
+      <selection activeCell="B71" sqref="B71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.6640625" customWidth="1"/>
-    <col min="2" max="2" width="36.21875" customWidth="1"/>
+    <col min="2" max="2" width="41.44140625" customWidth="1"/>
     <col min="3" max="3" width="5.88671875" style="14" customWidth="1"/>
     <col min="4" max="4" width="17.44140625" customWidth="1"/>
     <col min="5" max="5" width="11" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1"/>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="E3" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1"/>
       <c r="E4" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="B5" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="B6" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="B7" s="4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:5" s="10" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="9" t="s">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A8" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="21"/>
-      <c r="C8" s="9" t="s">
+      <c r="B8" s="19"/>
+      <c r="C8" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="9" t="s">
+      <c r="D8" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="E8" s="9" t="s">
+      <c r="E8" s="10" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:5" s="10" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:5" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="12"/>
       <c r="E9" s="12"/>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="17" t="s">
+      <c r="B10" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="13">
+      <c r="C10" s="5">
         <v>2</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="17" t="s">
+      <c r="B11" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="13">
+      <c r="C11" s="5">
         <v>1</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B12" s="17" t="s">
+      <c r="B12" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="13">
+      <c r="C12" s="5">
         <v>1</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="17" t="s">
+      <c r="B13" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="13">
+      <c r="C13" s="5">
         <v>2</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B14" s="17" t="s">
+      <c r="B14" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="C14" s="13">
+      <c r="C14" s="5">
         <v>3</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="17" t="s">
+      <c r="B15" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="C15" s="13">
+      <c r="C15" s="5">
         <v>1</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B16" s="17" t="s">
+      <c r="B16" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="C16" s="13">
+      <c r="C16" s="5">
         <v>1</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B17" s="17" t="s">
+      <c r="B17" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="C17" s="13">
+      <c r="C17" s="5">
         <v>14</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="17" t="s">
+      <c r="B18" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="C18" s="13">
+      <c r="C18" s="5">
         <v>2</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="17" t="s">
+      <c r="B19" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="C19" s="13">
+      <c r="C19" s="5">
         <v>1</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="17" t="s">
+      <c r="B20" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="C20" s="13">
+      <c r="C20" s="5">
         <v>2</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="17" t="s">
+      <c r="B21" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="C21" s="13">
+      <c r="C21" s="5">
         <v>0.75</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>49</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="6" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="C22" s="16">
+      <c r="C22" s="6">
         <v>4</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="7"/>
       <c r="B23" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="C23" s="16">
+      <c r="C23" s="6">
         <v>60</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="7"/>
       <c r="B24" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="C24" s="16">
+      <c r="C24" s="6">
         <v>2</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E24" s="6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="5" t="s">
         <v>59</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="5" t="s">
+      <c r="B25" s="13" t="s">
         <v>60</v>
       </c>
-      <c r="B25" s="17" t="s">
+      <c r="C25" s="5">
+        <v>3</v>
+      </c>
+      <c r="D25" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="C25" s="13">
+      <c r="E25" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="5">
+        <v>1</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C27" s="6">
+        <v>1</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="7"/>
+      <c r="B28" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C28" s="6">
+        <v>1</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B29" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" s="17">
+        <v>1</v>
+      </c>
+      <c r="D29" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E29" s="17" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="9"/>
+      <c r="B30" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C30" s="18">
+        <v>2</v>
+      </c>
+      <c r="D30" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C31" s="5">
+        <v>1</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B32" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C32" s="5">
+        <v>11</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="C33" s="6">
+        <v>8</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="7"/>
+      <c r="B34" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="C34" s="6">
+        <v>1</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B35" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C35" s="5">
+        <v>1</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C36" s="6">
+        <v>4</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="7"/>
+      <c r="B37" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="C37" s="6">
+        <v>1</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="B38" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C38" s="5">
+        <v>1</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="C39" s="6">
         <v>3</v>
       </c>
-      <c r="D25" s="5" t="s">
-[...217 lines deleted...]
-      <c r="E38" s="6" t="s">
+      <c r="D39" s="6" t="s">
         <v>99</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      </c>
       <c r="E39" s="6" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7"/>
       <c r="B40" s="7" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="C40" s="16">
+        <v>83</v>
+      </c>
+      <c r="C40" s="6">
+        <v>1</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="7"/>
+      <c r="B41" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C41" s="6">
         <v>5</v>
       </c>
-      <c r="D40" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="6" t="s">
+      <c r="D41" s="6" t="s">
         <v>102</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A41" s="18" t="s">
+      <c r="E41" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="B41" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="19">
+    </row>
+    <row r="42" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="B42" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="C42" s="17">
         <v>6</v>
       </c>
-      <c r="D41" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="18" t="s">
+      <c r="D42" s="17" t="s">
         <v>105</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B42" s="7" t="s">
+      <c r="E42" s="17" t="s">
         <v>106</v>
       </c>
-      <c r="C42" s="16">
+    </row>
+    <row r="43" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="7"/>
+      <c r="B43" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="C43" s="6">
         <v>7</v>
       </c>
-      <c r="D42" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="6" t="s">
+      <c r="D43" s="6" t="s">
         <v>108</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="18" t="s">
+      <c r="E43" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="B43" s="8" t="s">
+    </row>
+    <row r="44" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="17" t="s">
         <v>110</v>
       </c>
-      <c r="C43" s="19">
-[...2 lines deleted...]
-      <c r="D43" s="18" t="s">
+      <c r="B44" s="8" t="s">
         <v>111</v>
       </c>
-      <c r="E43" s="18" t="s">
-[...11 lines deleted...]
-      <c r="D44" s="6" t="s">
+      <c r="C44" s="17">
+        <v>1</v>
+      </c>
+      <c r="D44" s="17" t="s">
         <v>112</v>
       </c>
-      <c r="E44" s="6" t="s">
-[...3 lines deleted...]
-    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E44" s="17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="7"/>
       <c r="B45" s="7" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C45" s="16">
+        <v>93</v>
+      </c>
+      <c r="C45" s="6">
+        <v>5</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="9"/>
+      <c r="B46" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C46" s="18">
         <v>16</v>
       </c>
-      <c r="D45" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="6" t="s">
+      <c r="D46" s="18" t="s">
         <v>115</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="18" t="s">
+      <c r="E46" s="18" t="s">
         <v>116</v>
       </c>
-      <c r="B46" s="8" t="s">
+    </row>
+    <row r="47" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="C46" s="19">
-[...2 lines deleted...]
-      <c r="D46" s="18" t="s">
+      <c r="B47" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="E46" s="18" t="s">
-[...5 lines deleted...]
-      <c r="B47" s="7" t="s">
+      <c r="C47" s="6">
+        <v>1</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="C47" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="E47" s="6" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="7"/>
       <c r="B48" s="7" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>120</v>
+      </c>
+      <c r="C48" s="6">
+        <v>1</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="7"/>
       <c r="B49" s="7" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C49" s="16">
+        <v>93</v>
+      </c>
+      <c r="C49" s="6">
+        <v>2</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="7"/>
+      <c r="B50" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="C50" s="6">
         <v>4</v>
       </c>
-      <c r="D49" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="6" t="s">
+      <c r="D50" s="6" t="s">
         <v>123</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="18" t="s">
+      <c r="E50" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="B50" s="8" t="s">
+    </row>
+    <row r="51" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="C50" s="19">
+      <c r="B51" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" s="5">
         <v>0.5</v>
       </c>
-      <c r="D50" s="18" t="s">
-[...7 lines deleted...]
-      <c r="A51" s="6" t="s">
+      <c r="D51" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="B51" s="7" t="s">
+      <c r="E51" s="5" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="C51" s="16">
+      <c r="B52" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="C52" s="6">
         <v>9</v>
       </c>
-      <c r="D51" s="6" t="s">
+      <c r="D52" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E51" s="6" t="s">
-[...5 lines deleted...]
-      <c r="B52" s="7" t="s">
+      <c r="E52" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="C52" s="16">
-[...9 lines deleted...]
-    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="53" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="7"/>
       <c r="B53" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="C53" s="6">
+        <v>2</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E53" s="6" t="s">
         <v>133</v>
       </c>
-      <c r="C53" s="16">
+    </row>
+    <row r="54" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="7"/>
+      <c r="B54" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="C54" s="6">
         <v>2</v>
       </c>
-      <c r="D53" s="6" t="s">
+      <c r="D54" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="E53" s="6" t="s">
+      <c r="E54" s="6" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B54" s="8" t="s">
+    <row r="55" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="17" t="s">
         <v>135</v>
       </c>
-      <c r="C54" s="19">
+      <c r="B55" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="C55" s="17">
         <v>5</v>
       </c>
-      <c r="D54" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="18" t="s">
+      <c r="D55" s="17" t="s">
         <v>137</v>
       </c>
-    </row>
-[...15 lines deleted...]
-    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E55" s="17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="7"/>
       <c r="B56" s="7" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="C56" s="16">
+        <v>93</v>
+      </c>
+      <c r="C56" s="6">
         <v>2</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>138</v>
+        <v>44</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:5" x14ac:dyDescent="0.3">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="7"/>
       <c r="B57" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="C57" s="6">
+        <v>2</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="E57" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="C57" s="16">
-[...9 lines deleted...]
-    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="58" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="7"/>
       <c r="B58" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="C58" s="6">
+        <v>1</v>
+      </c>
+      <c r="D58" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="C58" s="16">
-[...2 lines deleted...]
-      <c r="D58" s="6" t="s">
+      <c r="E58" s="6" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="9"/>
+      <c r="B59" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="C59" s="18">
+        <v>1</v>
+      </c>
+      <c r="D59" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="E58" s="6" t="s">
+      <c r="E59" s="18" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C59" s="19">
+    <row r="60" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="C60" s="6">
         <v>2</v>
       </c>
-      <c r="D59" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="18" t="s">
+      <c r="D60" s="6" t="s">
         <v>145</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B60" s="7" t="s">
+      <c r="E60" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="C60" s="16">
-[...9 lines deleted...]
-    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="61" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="7"/>
       <c r="B61" s="7" t="s">
         <v>147</v>
       </c>
-      <c r="C61" s="16">
-        <v>11</v>
+      <c r="C61" s="6">
+        <v>1</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>148</v>
+        <v>89</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="7"/>
       <c r="B62" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="C62" s="6">
+        <v>11</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="E62" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="C62" s="16">
-[...9 lines deleted...]
-    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="63" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="7"/>
       <c r="B63" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="C63" s="6">
+        <v>1</v>
+      </c>
+      <c r="D63" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="C63" s="16">
+      <c r="E63" s="6" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="7"/>
+      <c r="B64" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="C64" s="6">
         <v>2</v>
       </c>
-      <c r="D63" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="6" t="s">
+      <c r="D64" s="6" t="s">
         <v>121</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B64" s="17" t="s">
+      <c r="E64" s="6" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="C64" s="13">
+      <c r="B65" s="13" t="s">
+        <v>155</v>
+      </c>
+      <c r="C65" s="5">
         <v>2</v>
       </c>
-      <c r="D64" s="5" t="s">
-[...7 lines deleted...]
-      <c r="A65" s="6" t="s">
+      <c r="D65" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="B65" s="7" t="s">
+      <c r="E65" s="5" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="C65" s="16">
-[...6 lines deleted...]
-      <c r="A66" s="7"/>
       <c r="B66" s="7" t="s">
         <v>158</v>
       </c>
-      <c r="C66" s="16">
+      <c r="C66" s="6">
+        <v>1</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" ht="27" x14ac:dyDescent="0.3">
+      <c r="A67" s="7"/>
+      <c r="B67" s="20" t="s">
+        <v>160</v>
+      </c>
+      <c r="C67" s="6">
         <v>3</v>
       </c>
-      <c r="D66" s="6" t="s">
-[...13 lines deleted...]
-      <c r="C67" s="13">
+      <c r="D67" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="B68" s="13" t="s">
+        <v>162</v>
+      </c>
+      <c r="C68" s="5">
         <v>3</v>
       </c>
-      <c r="D67" s="5" t="s">
-[...7 lines deleted...]
-      <c r="A68" s="5" t="s">
+      <c r="D68" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="B68" s="17" t="s">
+      <c r="E68" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="C68" s="13">
-[...9 lines deleted...]
-    <row r="69" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="69" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="B69" s="17" t="s">
+      <c r="B69" s="13" t="s">
+        <v>166</v>
+      </c>
+      <c r="C69" s="5">
+        <v>4</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="B70" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="C69" s="13">
-[...2 lines deleted...]
-      <c r="D69" s="5" t="s">
+      <c r="C70" s="5">
+        <v>1</v>
+      </c>
+      <c r="D70" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E69" s="5" t="s">
+      <c r="E70" s="5" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="70" spans="1:5" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C70" s="16">
+    <row r="71" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="C71" s="6">
         <v>26</v>
       </c>
-      <c r="D70" s="6" t="s">
-[...8 lines deleted...]
-      <c r="B71" s="7" t="s">
+      <c r="D71" s="6" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E71" s="6" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="72" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A72" s="18" t="s">
+    <row r="72" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="7"/>
+      <c r="B72" s="7" t="s">
         <v>172</v>
       </c>
-      <c r="B72" s="8" t="s">
+      <c r="C72" s="6">
+        <v>21</v>
+      </c>
+      <c r="D72" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="C72" s="19">
+      <c r="E72" s="6" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="17" t="s">
+        <v>175</v>
+      </c>
+      <c r="B73" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="C73" s="17">
         <v>219.75</v>
       </c>
-      <c r="D72" s="18" t="s">
-[...14 lines deleted...]
-      <c r="D73" s="6" t="s">
+      <c r="D73" s="17" t="s">
         <v>177</v>
       </c>
-      <c r="E73" s="6" t="s">
+      <c r="E73" s="17" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="7"/>
       <c r="B74" s="7" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="C74" s="16">
+        <v>179</v>
+      </c>
+      <c r="C74" s="6">
+        <v>196</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="9"/>
+      <c r="B75" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C75" s="18">
         <v>55</v>
       </c>
-      <c r="D74" s="6" t="s">
-[...10 lines deleted...]
-      <c r="B75" s="17" t="s">
+      <c r="D75" s="18" t="s">
         <v>182</v>
       </c>
-      <c r="C75" s="13">
+      <c r="E75" s="18" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="B76" s="13" t="s">
+        <v>185</v>
+      </c>
+      <c r="C76" s="5">
         <v>65</v>
-      </c>
-[...15 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>186</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="77" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="B77" s="17" t="s">
+      <c r="B77" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="C77" s="13">
-        <v>11</v>
+      <c r="C77" s="5">
+        <v>23</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="78" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A78" s="6" t="s">
+    <row r="78" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="B78" s="7" t="s">
+      <c r="B78" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C78" s="5">
+        <v>11</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="C78" s="16">
-[...2 lines deleted...]
-      <c r="D78" s="6" t="s">
+      <c r="E78" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="E78" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A79" s="7"/>
+    </row>
+    <row r="79" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="6" t="s">
+        <v>194</v>
+      </c>
       <c r="B79" s="7" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="C79" s="16">
+        <v>195</v>
+      </c>
+      <c r="C79" s="6">
         <v>1</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      <c r="A80" s="18" t="s">
         <v>196</v>
       </c>
-      <c r="B80" s="8" t="s">
+    </row>
+    <row r="80" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="7"/>
+      <c r="B80" s="7" t="s">
         <v>197</v>
       </c>
-      <c r="C80" s="19">
-[...2 lines deleted...]
-      <c r="D80" s="18" t="s">
+      <c r="C80" s="6">
+        <v>1</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="17" t="s">
+        <v>199</v>
+      </c>
+      <c r="B81" s="8" t="s">
+        <v>200</v>
+      </c>
+      <c r="C81" s="17">
+        <v>1</v>
+      </c>
+      <c r="D81" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="E80" s="18" t="s">
+      <c r="E81" s="17" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="81" spans="1:5" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="C81" s="16">
+    <row r="82" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="9"/>
+      <c r="B82" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="C82" s="18">
         <v>6</v>
       </c>
-      <c r="D81" s="6" t="s">
+      <c r="D82" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="E81" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B82" s="17" t="s">
+      <c r="E82" s="18" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="B83" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="C82" s="13">
-[...17 lines deleted...]
-        <v>2</v>
+      <c r="C83" s="5">
+        <v>1</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>204</v>
       </c>
       <c r="E83" s="5" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="5" t="s">
         <v>205</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A84" s="5" t="s">
+      <c r="B84" s="13" t="s">
         <v>206</v>
       </c>
-      <c r="B84" s="17" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="C84" s="5">
+        <v>2</v>
       </c>
       <c r="D84" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="B85" s="13" t="s">
+        <v>206</v>
+      </c>
+      <c r="C85" s="5">
+        <v>1</v>
+      </c>
+      <c r="D85" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="E84" s="5" t="s">
+      <c r="E85" s="5" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="85" spans="1:5" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B85" s="7" t="s">
+    <row r="86" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="6" t="s">
         <v>208</v>
       </c>
-      <c r="C85" s="16">
-[...10 lines deleted...]
-      <c r="A86" s="7"/>
       <c r="B86" s="7" t="s">
         <v>209</v>
       </c>
-      <c r="C86" s="16">
-        <v>2</v>
+      <c r="C86" s="6">
+        <v>1</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E86" s="6" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="87" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A87" s="18" t="s">
+    <row r="87" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="7"/>
+      <c r="B87" s="7" t="s">
         <v>210</v>
       </c>
-      <c r="B87" s="8" t="s">
+      <c r="C87" s="6">
+        <v>2</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="B88" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="C87" s="19">
-[...10 lines deleted...]
-      <c r="A88" s="18" t="s">
+      <c r="C88" s="5">
+        <v>1</v>
+      </c>
+      <c r="D88" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="B88" s="8" t="s">
+      <c r="E88" s="5" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="17" t="s">
         <v>213</v>
       </c>
-      <c r="C88" s="19">
+      <c r="B89" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="C89" s="17">
         <v>4</v>
       </c>
-      <c r="D88" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="18" t="s">
+      <c r="D89" s="17" t="s">
         <v>215</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B89" s="7" t="s">
+      <c r="E89" s="17" t="s">
         <v>216</v>
       </c>
-      <c r="C89" s="16">
+    </row>
+    <row r="90" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="9"/>
+      <c r="B90" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="C90" s="18">
         <v>22</v>
       </c>
-      <c r="D89" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="6" t="s">
+      <c r="D90" s="18" t="s">
         <v>218</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A90" s="5" t="s">
+      <c r="E90" s="18" t="s">
         <v>219</v>
       </c>
-      <c r="B90" s="17" t="s">
+    </row>
+    <row r="91" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="B91" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="C90" s="13">
-[...10 lines deleted...]
-      <c r="A91" s="5" t="s">
+      <c r="C91" s="5">
+        <v>1</v>
+      </c>
+      <c r="D91" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="B91" s="17" t="s">
+      <c r="E91" s="5" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="B92" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="C91" s="13">
+      <c r="C92" s="5">
         <v>2</v>
       </c>
-      <c r="D91" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="5" t="s">
+      <c r="D92" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="E92" s="5" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="92" spans="1:5" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B92" s="7" t="s">
+    <row r="93" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="6" t="s">
         <v>224</v>
       </c>
-      <c r="C92" s="16">
-[...10 lines deleted...]
-      <c r="A93" s="7"/>
       <c r="B93" s="7" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="C93" s="16">
+        <v>225</v>
+      </c>
+      <c r="C93" s="6">
         <v>1</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>225</v>
+        <v>68</v>
       </c>
       <c r="E93" s="6" t="s">
-        <v>225</v>
-[...3 lines deleted...]
-      <c r="A94" s="5" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="7"/>
+      <c r="B94" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C94" s="6">
+        <v>1</v>
+      </c>
+      <c r="D94" s="6" t="s">
         <v>226</v>
       </c>
-      <c r="B94" s="17" t="s">
+      <c r="E94" s="6" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="C94" s="13">
-[...2 lines deleted...]
-      <c r="D94" s="5" t="s">
+      <c r="B95" s="13" t="s">
         <v>228</v>
       </c>
-      <c r="E94" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A95" s="6" t="s">
+      <c r="C95" s="5">
+        <v>1</v>
+      </c>
+      <c r="D95" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="B95" s="7" t="s">
+      <c r="E95" s="5" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="6" t="s">
         <v>230</v>
       </c>
-      <c r="C95" s="16">
-[...2 lines deleted...]
-      <c r="D95" s="6" t="s">
+      <c r="B96" s="7" t="s">
         <v>231</v>
       </c>
-      <c r="E95" s="6" t="s">
-[...5 lines deleted...]
-      <c r="B96" s="7" t="s">
+      <c r="C96" s="6">
+        <v>1</v>
+      </c>
+      <c r="D96" s="6" t="s">
         <v>232</v>
       </c>
-      <c r="C96" s="16">
+      <c r="E96" s="6" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="7"/>
+      <c r="B97" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="C97" s="6">
         <v>10</v>
       </c>
-      <c r="D96" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="6" t="s">
+      <c r="D97" s="6" t="s">
         <v>234</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A97" s="5" t="s">
+      <c r="E97" s="6" t="s">
         <v>235</v>
       </c>
-      <c r="B97" s="17" t="s">
+    </row>
+    <row r="98" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="C97" s="13">
+      <c r="B98" s="13" t="s">
+        <v>237</v>
+      </c>
+      <c r="C98" s="5">
         <v>0.5</v>
       </c>
-      <c r="D97" s="5" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="5" t="s">
+      <c r="D98" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="B98" s="17" t="s">
+      <c r="E98" s="5" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="C98" s="13">
+      <c r="B99" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="C99" s="5">
         <v>0.5</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...9 lines deleted...]
-      <c r="C99" s="20">
+      <c r="D99" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="9"/>
+      <c r="B100" s="9"/>
+      <c r="C100" s="16">
         <v>919</v>
       </c>
-      <c r="D99" s="17"/>
-      <c r="E99" s="17"/>
+      <c r="D100" s="9"/>
+      <c r="E100" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.45" bottom="0.85" header="0.2" footer="0.6"/>
-  <pageSetup paperSize="9"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet0</vt:lpstr>
       <vt:lpstr>__bookmark_1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Apache POI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>