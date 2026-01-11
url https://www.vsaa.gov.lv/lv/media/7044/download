--- v2 (2025-12-19)
+++ v3 (2026-01-11)
@@ -1,90 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JoannaKohanovica\Desktop\ATSKAITES\Alga pa amatu grupām mēneša sākumā\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E61A1D9A-3E91-43A6-8A8A-209A811133BC}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3E29F4F-28D9-4BE8-801C-DDDC0CB53FD2}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="7212" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="__bookmark_1">Sheet0!$A$8:$E$49,Sheet0!$A$50:$E$89,Sheet0!$A$90:$E$100</definedName>
+    <definedName name="__bookmark_1">Sheet0!$A$8:$E$49,Sheet0!$A$50:$E$89,Sheet0!$A$90:$E$101</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="342" uniqueCount="246">
   <si>
     <t xml:space="preserve">1. pielikums </t>
   </si>
   <si>
     <t xml:space="preserve">Ministru kabineta </t>
   </si>
   <si>
     <t xml:space="preserve">2016. gada 12. aprīļa </t>
   </si>
   <si>
     <t>noteikumiem Nr. 225</t>
   </si>
   <si>
     <t xml:space="preserve"> Informācija par amatpersonu un darbinieku mēnešalgas apmēru </t>
   </si>
   <si>
     <t xml:space="preserve">sadalījumā pa amatu grupām (bruto, euro) </t>
   </si>
   <si>
-    <t>2025. gada decembris</t>
+    <t>2026. gada janvāris</t>
   </si>
   <si>
     <t>Amatu grupa</t>
   </si>
   <si>
     <t>Amatu skaits</t>
   </si>
   <si>
     <t>Mēnešalgas diapazons</t>
   </si>
   <si>
     <t>Vidējā mēnešalga</t>
   </si>
   <si>
     <t xml:space="preserve">Amatu saime, apakšsaime, līmenis vai amata kategorija, līmenis </t>
   </si>
   <si>
     <t>Amata nosaukums</t>
   </si>
   <si>
     <t>1.1. IV</t>
   </si>
   <si>
     <t>direktora vietnieks</t>
   </si>
@@ -190,57 +189,60 @@
   <si>
     <t>arhīva pārzinis</t>
   </si>
   <si>
     <t>972.00*</t>
   </si>
   <si>
     <t>20.3. I</t>
   </si>
   <si>
     <t>lietvedis</t>
   </si>
   <si>
     <t>972.00 - 1087.00</t>
   </si>
   <si>
     <t>1048.67</t>
   </si>
   <si>
     <t>pakalpojumu lietvedis</t>
   </si>
   <si>
     <t>824.00 - 1054.00</t>
   </si>
   <si>
-    <t>973.18</t>
+    <t>973.20</t>
   </si>
   <si>
     <t>pakalpojumu lietvedis (ar arhivāra funkcijām)</t>
   </si>
   <si>
-    <t>972.00</t>
+    <t>824.00 - 972.00</t>
+  </si>
+  <si>
+    <t>898.00</t>
   </si>
   <si>
     <t>20.3. II</t>
   </si>
   <si>
     <t>vecākais lietvedis</t>
   </si>
   <si>
     <t>1087.00 - 1167.00</t>
   </si>
   <si>
     <t>1113.67</t>
   </si>
   <si>
     <t>20.3. III</t>
   </si>
   <si>
     <t>lietvedības pārzinis</t>
   </si>
   <si>
     <t>1140.00</t>
   </si>
   <si>
     <t>20.6. III</t>
   </si>
@@ -328,54 +330,54 @@
   <si>
     <t>3712.00</t>
   </si>
   <si>
     <t>21.3. IVB</t>
   </si>
   <si>
     <t>3842.00</t>
   </si>
   <si>
     <t>21.4. I</t>
   </si>
   <si>
     <t>informācijas sistēminženieris</t>
   </si>
   <si>
     <t>1190.00 - 1487.50</t>
   </si>
   <si>
     <t>1367.50</t>
   </si>
   <si>
     <t>vecākais programmētājs</t>
   </si>
   <si>
-    <t>1052.00* - 1547.00*</t>
-[...2 lines deleted...]
-    <t>1175.75*</t>
+    <t>1052.00 - 1547.00</t>
+  </si>
+  <si>
+    <t>1217.00</t>
   </si>
   <si>
     <t>21.4. II</t>
   </si>
   <si>
     <t>1330.00 - 1862.50</t>
   </si>
   <si>
     <t>1551.50</t>
   </si>
   <si>
     <t>vecākais biznesa analītiķis</t>
   </si>
   <si>
     <t>1258.00 - 1715.70</t>
   </si>
   <si>
     <t>1505.91</t>
   </si>
   <si>
     <t>21.4. III</t>
   </si>
   <si>
     <t>galvenais biznesa analītiķis</t>
   </si>
@@ -535,87 +537,96 @@
   <si>
     <t>1522.00 - 1619.00</t>
   </si>
   <si>
     <t>1560.00</t>
   </si>
   <si>
     <t>24. III</t>
   </si>
   <si>
     <t>vecākais juriskonsults</t>
   </si>
   <si>
     <t>24. IV</t>
   </si>
   <si>
     <t>25. III</t>
   </si>
   <si>
     <t>inspektors</t>
   </si>
   <si>
     <t>1051.00 - 1151.00</t>
   </si>
   <si>
-    <t>1142.67</t>
+    <t>1139.00</t>
   </si>
   <si>
     <t>klientu apkalpošanas operators</t>
   </si>
   <si>
     <t>1025.00 - 1125.00</t>
   </si>
   <si>
     <t>1119.74</t>
   </si>
   <si>
     <t>25. IV</t>
   </si>
   <si>
     <t>pabalstu inspektors</t>
   </si>
   <si>
     <t>1076.00* - 1272.00*</t>
   </si>
   <si>
     <t>1181.79*</t>
   </si>
   <si>
     <t>pensiju inspektors</t>
   </si>
   <si>
     <t>1076.00* - 1242.00*</t>
   </si>
   <si>
-    <t>1176.58*</t>
-[...5 lines deleted...]
-    <t>1308.45*</t>
+    <t>1175.35*</t>
+  </si>
+  <si>
+    <t>1180.00 - 1468.00</t>
+  </si>
+  <si>
+    <t>1295.60</t>
+  </si>
+  <si>
+    <t>Vecākais inspektors</t>
+  </si>
+  <si>
+    <t>1265.00* - 1468.00*</t>
+  </si>
+  <si>
+    <t>1313.66*</t>
   </si>
   <si>
     <t>25. V</t>
   </si>
   <si>
     <t>vadošais inspektors</t>
   </si>
   <si>
     <t>1377.00 - 1695.00</t>
   </si>
   <si>
     <t>1434.09</t>
   </si>
   <si>
     <t>25. VI</t>
   </si>
   <si>
     <t>1693.00 - 2023.00</t>
   </si>
   <si>
     <t>1731.52</t>
   </si>
   <si>
     <t>25. VII</t>
   </si>
@@ -764,189 +775,253 @@
     <t>8. III</t>
   </si>
   <si>
     <t>darba aizsardzības speciālists</t>
   </si>
   <si>
     <t>1200.00*</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1221,1637 +1296,1647 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E100"/>
+  <dimension ref="A1:E101"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A58" workbookViewId="0">
-      <selection activeCell="B71" sqref="B71"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B105" sqref="B105"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.6640625" customWidth="1"/>
     <col min="2" max="2" width="41.44140625" customWidth="1"/>
-    <col min="3" max="3" width="5.88671875" style="14" customWidth="1"/>
+    <col min="3" max="3" width="5.88671875" style="11" customWidth="1"/>
     <col min="4" max="4" width="17.44140625" customWidth="1"/>
     <col min="5" max="5" width="11" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" s="1"/>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="E3" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="1"/>
       <c r="E4" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="B5" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="B6" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="B7" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A8" s="10" t="s">
+      <c r="A8" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="19"/>
-      <c r="C8" s="10" t="s">
+      <c r="B8" s="15"/>
+      <c r="C8" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="10" t="s">
+      <c r="D8" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="E8" s="10" t="s">
+      <c r="E8" s="14" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="11" t="s">
+    <row r="9" spans="1:5" ht="39.6" x14ac:dyDescent="0.3">
+      <c r="A9" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="11" t="s">
+      <c r="B9" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="15"/>
-[...4 lines deleted...]
-      <c r="A10" s="5" t="s">
+      <c r="C9" s="16"/>
+      <c r="D9" s="17"/>
+      <c r="E9" s="17"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A10" s="18" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="13" t="s">
+      <c r="B10" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="5">
+      <c r="C10" s="18">
         <v>2</v>
       </c>
-      <c r="D10" s="5" t="s">
+      <c r="D10" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="E10" s="5" t="s">
+      <c r="E10" s="18" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="5" t="s">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A11" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="13" t="s">
+      <c r="B11" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="5">
-[...2 lines deleted...]
-      <c r="D11" s="5" t="s">
+      <c r="C11" s="18">
+        <v>1</v>
+      </c>
+      <c r="D11" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="E11" s="5" t="s">
+      <c r="E11" s="18" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="5" t="s">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A12" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B12" s="13" t="s">
+      <c r="B12" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="5">
-[...2 lines deleted...]
-      <c r="D12" s="5" t="s">
+      <c r="C12" s="18">
+        <v>1</v>
+      </c>
+      <c r="D12" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="E12" s="5" t="s">
+      <c r="E12" s="18" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="5" t="s">
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A13" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="13" t="s">
+      <c r="B13" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="5">
+      <c r="C13" s="18">
         <v>2</v>
       </c>
-      <c r="D13" s="5" t="s">
+      <c r="D13" s="18" t="s">
         <v>24</v>
       </c>
-      <c r="E13" s="5" t="s">
+      <c r="E13" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="5" t="s">
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A14" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="B14" s="13" t="s">
+      <c r="B14" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="C14" s="5">
+      <c r="C14" s="18">
         <v>3</v>
       </c>
-      <c r="D14" s="5" t="s">
+      <c r="D14" s="18" t="s">
         <v>27</v>
       </c>
-      <c r="E14" s="5" t="s">
+      <c r="E14" s="18" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="15" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="5" t="s">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A15" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="13" t="s">
+      <c r="B15" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="C15" s="5">
-[...2 lines deleted...]
-      <c r="D15" s="5" t="s">
+      <c r="C15" s="18">
+        <v>1</v>
+      </c>
+      <c r="D15" s="18" t="s">
         <v>31</v>
       </c>
-      <c r="E15" s="5" t="s">
+      <c r="E15" s="18" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="16" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="5" t="s">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A16" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="B16" s="13" t="s">
+      <c r="B16" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C16" s="5">
-[...2 lines deleted...]
-      <c r="D16" s="5" t="s">
+      <c r="C16" s="18">
+        <v>1</v>
+      </c>
+      <c r="D16" s="18" t="s">
         <v>34</v>
       </c>
-      <c r="E16" s="5" t="s">
+      <c r="E16" s="18" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="5" t="s">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A17" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="B17" s="13" t="s">
+      <c r="B17" s="19" t="s">
         <v>36</v>
       </c>
-      <c r="C17" s="5">
+      <c r="C17" s="18">
         <v>14</v>
       </c>
-      <c r="D17" s="5" t="s">
+      <c r="D17" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="E17" s="5" t="s">
+      <c r="E17" s="18" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="5" t="s">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A18" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="13" t="s">
+      <c r="B18" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C18" s="5">
+      <c r="C18" s="18">
         <v>2</v>
       </c>
-      <c r="D18" s="5" t="s">
+      <c r="D18" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="E18" s="5" t="s">
+      <c r="E18" s="18" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="5" t="s">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A19" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="13" t="s">
+      <c r="B19" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="C19" s="5">
-[...2 lines deleted...]
-      <c r="D19" s="5" t="s">
+      <c r="C19" s="18">
+        <v>1</v>
+      </c>
+      <c r="D19" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="E19" s="5" t="s">
+      <c r="E19" s="18" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="5" t="s">
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A20" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="13" t="s">
+      <c r="B20" s="19" t="s">
         <v>46</v>
       </c>
-      <c r="C20" s="5">
+      <c r="C20" s="18">
         <v>2</v>
       </c>
-      <c r="D20" s="5" t="s">
+      <c r="D20" s="18" t="s">
         <v>24</v>
       </c>
-      <c r="E20" s="5" t="s">
+      <c r="E20" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="5" t="s">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A21" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="13" t="s">
+      <c r="B21" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="C21" s="5">
+      <c r="C21" s="18">
         <v>0.75</v>
       </c>
-      <c r="D21" s="5" t="s">
+      <c r="D21" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="E21" s="5" t="s">
+      <c r="E21" s="18" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="6" t="s">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A22" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="7" t="s">
+      <c r="B22" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="C22" s="6">
+      <c r="C22" s="5">
         <v>4</v>
       </c>
-      <c r="D22" s="6" t="s">
+      <c r="D22" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="E22" s="6" t="s">
+      <c r="E22" s="7" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B23" s="7" t="s">
+    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A23" s="6"/>
+      <c r="B23" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="C23" s="6">
+      <c r="C23" s="5">
         <v>60</v>
       </c>
-      <c r="D23" s="6" t="s">
+      <c r="D23" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="E23" s="7" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="24" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B24" s="7" t="s">
+    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A24" s="6"/>
+      <c r="B24" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="C24" s="6">
+      <c r="C24" s="5">
         <v>2</v>
       </c>
-      <c r="D24" s="6" t="s">
+      <c r="D24" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="E24" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A25" s="5" t="s">
+      <c r="E24" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="B25" s="13" t="s">
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A25" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="C25" s="5">
+      <c r="B25" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="C25" s="18">
         <v>3</v>
       </c>
-      <c r="D25" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="5" t="s">
+      <c r="D25" s="18" t="s">
         <v>62</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A26" s="5" t="s">
+      <c r="E25" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="B26" s="13" t="s">
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A26" s="18" t="s">
         <v>64</v>
       </c>
-      <c r="C26" s="5">
-[...2 lines deleted...]
-      <c r="D26" s="5" t="s">
+      <c r="B26" s="19" t="s">
         <v>65</v>
       </c>
-      <c r="E26" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A27" s="6" t="s">
+      <c r="C26" s="18">
+        <v>1</v>
+      </c>
+      <c r="D26" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="B27" s="7" t="s">
+      <c r="E26" s="18" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A27" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="C27" s="6">
-[...2 lines deleted...]
-      <c r="D27" s="6" t="s">
+      <c r="B27" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="E27" s="6" t="s">
-[...5 lines deleted...]
-      <c r="B28" s="7" t="s">
+      <c r="C27" s="5">
+        <v>1</v>
+      </c>
+      <c r="D27" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="C28" s="6">
-[...2 lines deleted...]
-      <c r="D28" s="6" t="s">
+      <c r="E27" s="7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A28" s="6"/>
+      <c r="B28" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="E28" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A29" s="17" t="s">
+      <c r="C28" s="5">
+        <v>1</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>71</v>
       </c>
+      <c r="E28" s="7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A29" s="20" t="s">
+        <v>72</v>
+      </c>
       <c r="B29" s="8" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="D29" s="17" t="s">
         <v>73</v>
       </c>
-      <c r="E29" s="17" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C29" s="20">
+        <v>1</v>
+      </c>
+      <c r="D29" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="E29" s="12" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="9"/>
       <c r="B30" s="9" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="C30" s="18">
+        <v>75</v>
+      </c>
+      <c r="C30" s="21">
         <v>2</v>
       </c>
-      <c r="D30" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="18" t="s">
+      <c r="D30" s="21" t="s">
         <v>76</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="5" t="s">
+      <c r="E30" s="22" t="s">
         <v>77</v>
       </c>
-      <c r="B31" s="13" t="s">
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A31" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B31" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C31" s="5">
-[...10 lines deleted...]
-      <c r="A32" s="5" t="s">
+      <c r="C31" s="18">
+        <v>1</v>
+      </c>
+      <c r="D31" s="18" t="s">
         <v>79</v>
       </c>
-      <c r="B32" s="13" t="s">
+      <c r="E31" s="18" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A32" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="C32" s="5">
+      <c r="B32" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="C32" s="18">
         <v>11</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...7 lines deleted...]
-      <c r="A33" s="6" t="s">
+      <c r="D32" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="B33" s="7" t="s">
+      <c r="E32" s="18" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A33" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="C33" s="6">
+      <c r="B33" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="C33" s="5">
         <v>8</v>
       </c>
-      <c r="D33" s="6" t="s">
+      <c r="D33" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A34" s="6"/>
+      <c r="B34" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="C34" s="5">
+        <v>1</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A35" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C35" s="18">
+        <v>1</v>
+      </c>
+      <c r="D35" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E35" s="18" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A36" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C36" s="5">
+        <v>4</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A37" s="6"/>
+      <c r="B37" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="C37" s="5">
+        <v>1</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A38" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="B38" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C38" s="18">
+        <v>1</v>
+      </c>
+      <c r="D38" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E38" s="18" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A39" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="C39" s="5">
+        <v>3</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A40" s="6"/>
+      <c r="B40" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="E33" s="6" t="s">
-[...11 lines deleted...]
-      <c r="D34" s="6" t="s">
+      <c r="C40" s="5">
+        <v>1</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A41" s="6"/>
+      <c r="B41" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="C41" s="5">
+        <v>5</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A42" s="20" t="s">
+        <v>105</v>
+      </c>
+      <c r="B42" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C42" s="20">
+        <v>6</v>
+      </c>
+      <c r="D42" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="E42" s="12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A43" s="9"/>
+      <c r="B43" s="9" t="s">
+        <v>108</v>
+      </c>
+      <c r="C43" s="21">
+        <v>7</v>
+      </c>
+      <c r="D43" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="E43" s="22" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A44" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" s="5">
+        <v>1</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A45" s="6"/>
+      <c r="B45" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="C45" s="5">
+        <v>5</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A46" s="6"/>
+      <c r="B46" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="E34" s="6" t="s">
+      <c r="C46" s="5">
+        <v>16</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A47" s="20" t="s">
+        <v>118</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="C47" s="20">
+        <v>1</v>
+      </c>
+      <c r="D47" s="20" t="s">
+        <v>120</v>
+      </c>
+      <c r="E47" s="12" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A48" s="6"/>
+      <c r="B48" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="C48" s="5">
+        <v>1</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A49" s="6"/>
+      <c r="B49" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="C49" s="5">
+        <v>2</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A50" s="9"/>
+      <c r="B50" s="9" t="s">
         <v>87</v>
       </c>
-    </row>
-[...24 lines deleted...]
-      <c r="C36" s="6">
+      <c r="C50" s="21">
         <v>4</v>
       </c>
-      <c r="D36" s="6" t="s">
-[...222 lines deleted...]
-      <c r="E50" s="6" t="s">
+      <c r="D50" s="21" t="s">
         <v>124</v>
       </c>
-    </row>
-    <row r="51" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="E50" s="22" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="5" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="B51" s="13" t="s">
         <v>126</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>127</v>
       </c>
       <c r="C51" s="5">
         <v>0.5</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>127</v>
-[...6 lines deleted...]
-      <c r="A52" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="B52" s="7" t="s">
+      <c r="E51" s="7" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A52" s="20" t="s">
         <v>129</v>
       </c>
-      <c r="C52" s="6">
+      <c r="B52" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="C52" s="20">
         <v>9</v>
       </c>
-      <c r="D52" s="6" t="s">
+      <c r="D52" s="20" t="s">
         <v>37</v>
       </c>
-      <c r="E52" s="6" t="s">
-[...5 lines deleted...]
-      <c r="B53" s="7" t="s">
+      <c r="E52" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="C53" s="6">
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A53" s="6"/>
+      <c r="B53" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="C53" s="5">
         <v>2</v>
       </c>
-      <c r="D53" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="6" t="s">
+      <c r="D53" s="5" t="s">
         <v>133</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B54" s="7" t="s">
+      <c r="E53" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="C54" s="6">
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A54" s="9"/>
+      <c r="B54" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="C54" s="21">
         <v>2</v>
       </c>
-      <c r="D54" s="6" t="s">
+      <c r="D54" s="21" t="s">
         <v>24</v>
       </c>
-      <c r="E54" s="6" t="s">
+      <c r="E54" s="22" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="55" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A55" s="17" t="s">
+    <row r="55" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A55" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="C55" s="5">
+        <v>5</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A56" s="6"/>
+      <c r="B56" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="C56" s="5">
+        <v>2</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A57" s="6"/>
+      <c r="B57" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="B55" s="8" t="s">
-[...5 lines deleted...]
-      <c r="D55" s="17" t="s">
+      <c r="C57" s="5">
+        <v>2</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A58" s="6"/>
+      <c r="B58" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C58" s="5">
+        <v>1</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A59" s="6"/>
+      <c r="B59" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="C59" s="5">
+        <v>1</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A60" s="20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B60" s="8" t="s">
         <v>137</v>
       </c>
-      <c r="E55" s="17" t="s">
-[...8 lines deleted...]
-      <c r="C56" s="6">
+      <c r="C60" s="20">
         <v>2</v>
       </c>
-      <c r="D56" s="6" t="s">
+      <c r="D60" s="20" t="s">
+        <v>146</v>
+      </c>
+      <c r="E60" s="12" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A61" s="6"/>
+      <c r="B61" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="C61" s="5">
+        <v>1</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A62" s="6"/>
+      <c r="B62" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="C62" s="5">
+        <v>11</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A63" s="6"/>
+      <c r="B63" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="C63" s="5">
+        <v>1</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A64" s="9"/>
+      <c r="B64" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="C64" s="21">
+        <v>2</v>
+      </c>
+      <c r="D64" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="E64" s="22" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A65" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="B65" s="19" t="s">
+        <v>156</v>
+      </c>
+      <c r="C65" s="18">
+        <v>2</v>
+      </c>
+      <c r="D65" s="18" t="s">
+        <v>157</v>
+      </c>
+      <c r="E65" s="23" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A66" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="C66" s="5">
+        <v>1</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" ht="27" x14ac:dyDescent="0.3">
+      <c r="A67" s="6"/>
+      <c r="B67" s="24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C67" s="5">
+        <v>3</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A68" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="B68" s="19" t="s">
+        <v>163</v>
+      </c>
+      <c r="C68" s="18">
+        <v>3</v>
+      </c>
+      <c r="D68" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="E68" s="18" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A69" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="B69" s="19" t="s">
+        <v>167</v>
+      </c>
+      <c r="C69" s="18">
+        <v>4</v>
+      </c>
+      <c r="D69" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="E56" s="6" t="s">
+      <c r="E69" s="18" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="57" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="C57" s="6">
+    <row r="70" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A70" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="B70" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C70" s="18">
+        <v>1</v>
+      </c>
+      <c r="D70" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="E70" s="18" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A71" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="C71" s="5">
+        <v>26</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A72" s="6"/>
+      <c r="B72" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="C72" s="5">
+        <v>21</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A73" s="20" t="s">
+        <v>176</v>
+      </c>
+      <c r="B73" s="8" t="s">
+        <v>177</v>
+      </c>
+      <c r="C73" s="20">
+        <v>219.75</v>
+      </c>
+      <c r="D73" s="20" t="s">
+        <v>178</v>
+      </c>
+      <c r="E73" s="12" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A74" s="6"/>
+      <c r="B74" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="C74" s="5">
+        <v>196</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A75" s="6"/>
+      <c r="B75" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="C75" s="5">
+        <v>15</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A76" s="9"/>
+      <c r="B76" s="9" t="s">
+        <v>185</v>
+      </c>
+      <c r="C76" s="21">
+        <v>40</v>
+      </c>
+      <c r="D76" s="21" t="s">
+        <v>186</v>
+      </c>
+      <c r="E76" s="22" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A77" s="18" t="s">
+        <v>188</v>
+      </c>
+      <c r="B77" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="C77" s="18">
+        <v>65</v>
+      </c>
+      <c r="D77" s="18" t="s">
+        <v>190</v>
+      </c>
+      <c r="E77" s="18" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A78" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="B78" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C78" s="18">
+        <v>23</v>
+      </c>
+      <c r="D78" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="E78" s="18" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A79" s="18" t="s">
+        <v>195</v>
+      </c>
+      <c r="B79" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C79" s="18">
+        <v>11</v>
+      </c>
+      <c r="D79" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="E79" s="18" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A80" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="C80" s="5">
+        <v>1</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A81" s="6"/>
+      <c r="B81" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="C81" s="5">
+        <v>1</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="E81" s="7" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A82" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="B82" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="C82" s="20">
+        <v>1</v>
+      </c>
+      <c r="D82" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="E82" s="20" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A83" s="9"/>
+      <c r="B83" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="C83" s="21">
+        <v>6</v>
+      </c>
+      <c r="D83" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="E83" s="21" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A84" s="18" t="s">
+        <v>207</v>
+      </c>
+      <c r="B84" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C84" s="18">
+        <v>1</v>
+      </c>
+      <c r="D84" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="E84" s="18" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A85" s="18" t="s">
+        <v>209</v>
+      </c>
+      <c r="B85" s="19" t="s">
+        <v>210</v>
+      </c>
+      <c r="C85" s="18">
         <v>2</v>
       </c>
-      <c r="D57" s="6" t="s">
-[...29 lines deleted...]
-      <c r="D59" s="18" t="s">
+      <c r="D85" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E85" s="18" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A86" s="18" t="s">
+        <v>211</v>
+      </c>
+      <c r="B86" s="19" t="s">
+        <v>210</v>
+      </c>
+      <c r="C86" s="18">
+        <v>1</v>
+      </c>
+      <c r="D86" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="E86" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A87" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="C87" s="5">
+        <v>1</v>
+      </c>
+      <c r="D87" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="E59" s="18" t="s">
+      <c r="E87" s="7" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="60" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C60" s="6">
+    <row r="88" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A88" s="6"/>
+      <c r="B88" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="C88" s="5">
         <v>2</v>
       </c>
-      <c r="D60" s="6" t="s">
-[...56 lines deleted...]
-      <c r="C64" s="6">
+      <c r="D88" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E88" s="7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A89" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="B89" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C89" s="18">
+        <v>1</v>
+      </c>
+      <c r="D89" s="18" t="s">
+        <v>216</v>
+      </c>
+      <c r="E89" s="18" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A90" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="C90" s="5">
+        <v>4</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="E90" s="7" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A91" s="6"/>
+      <c r="B91" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="C91" s="5">
+        <v>22</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E91" s="7" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A92" s="18" t="s">
+        <v>224</v>
+      </c>
+      <c r="B92" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C92" s="18">
+        <v>1</v>
+      </c>
+      <c r="D92" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="E92" s="18" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A93" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="B93" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C93" s="18">
         <v>2</v>
       </c>
-      <c r="D64" s="6" t="s">
-[...99 lines deleted...]
-      <c r="D70" s="5" t="s">
+      <c r="D93" s="18" t="s">
+        <v>227</v>
+      </c>
+      <c r="E93" s="18" t="s">
         <v>34</v>
       </c>
-      <c r="E70" s="5" t="s">
-[...301 lines deleted...]
-      <c r="B89" s="8" t="s">
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A94" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="C94" s="5">
+        <v>1</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="E94" s="7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A95" s="6"/>
+      <c r="B95" s="6" t="s">
         <v>214</v>
       </c>
-      <c r="C89" s="17">
-[...96 lines deleted...]
-      </c>
       <c r="C95" s="5">
         <v>1</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>229</v>
-[...6 lines deleted...]
-      <c r="A96" s="6" t="s">
         <v>230</v>
       </c>
-      <c r="B96" s="7" t="s">
+      <c r="E95" s="7" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A96" s="18" t="s">
         <v>231</v>
       </c>
-      <c r="C96" s="6">
-[...2 lines deleted...]
-      <c r="D96" s="6" t="s">
+      <c r="B96" s="19" t="s">
         <v>232</v>
       </c>
-      <c r="E96" s="6" t="s">
-[...5 lines deleted...]
-      <c r="B97" s="7" t="s">
+      <c r="C96" s="18">
+        <v>1</v>
+      </c>
+      <c r="D96" s="18" t="s">
         <v>233</v>
       </c>
-      <c r="C97" s="6">
+      <c r="E96" s="18" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A97" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="C97" s="5">
+        <v>1</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="E97" s="7" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A98" s="6"/>
+      <c r="B98" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="C98" s="5">
         <v>10</v>
-      </c>
-[...15 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="E98" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A99" s="5" t="s">
+      <c r="E98" s="7" t="s">
         <v>239</v>
       </c>
-      <c r="B99" s="13" t="s">
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A99" s="18" t="s">
         <v>240</v>
       </c>
-      <c r="C99" s="5">
+      <c r="B99" s="19" t="s">
+        <v>241</v>
+      </c>
+      <c r="C99" s="18">
         <v>0.5</v>
       </c>
-      <c r="D99" s="5" t="s">
-[...9 lines deleted...]
-      <c r="C100" s="16">
+      <c r="D99" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E99" s="18" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A100" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="B100" s="19" t="s">
+        <v>244</v>
+      </c>
+      <c r="C100" s="18">
+        <v>0.5</v>
+      </c>
+      <c r="D100" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E100" s="18" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A101" s="9"/>
+      <c r="B101" s="9"/>
+      <c r="C101" s="13">
         <v>919</v>
       </c>
-      <c r="D100" s="9"/>
-      <c r="E100" s="9"/>
+      <c r="D101" s="9"/>
+      <c r="E101" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.45" bottom="0.85" header="0.2" footer="0.6"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet0</vt:lpstr>
       <vt:lpstr>__bookmark_1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Apache POI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>