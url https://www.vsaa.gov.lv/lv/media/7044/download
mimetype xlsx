--- v3 (2026-01-11)
+++ v4 (2026-02-19)
@@ -1,125 +1,126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JoannaKohanovica\Desktop\ATSKAITES\Alga pa amatu grupām mēneša sākumā\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JoannaKohanovica\Desktop\ATSKAITES\Alga pa amatu grupām mēneša sākumā\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3E29F4F-28D9-4BE8-801C-DDDC0CB53FD2}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B24D2E41-D36D-42C9-9C93-9833A724169F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="7212" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8940" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="__bookmark_1">Sheet0!$A$8:$E$49,Sheet0!$A$50:$E$89,Sheet0!$A$90:$E$101</definedName>
+    <definedName name="__bookmark_1">Sheet0!$A$8:$E$49,Sheet0!$A$50:$E$89,Sheet0!$A$90:$E$100</definedName>
   </definedNames>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="342" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="242">
   <si>
     <t xml:space="preserve">1. pielikums </t>
   </si>
   <si>
     <t xml:space="preserve">Ministru kabineta </t>
   </si>
   <si>
     <t xml:space="preserve">2016. gada 12. aprīļa </t>
   </si>
   <si>
     <t>noteikumiem Nr. 225</t>
   </si>
   <si>
     <t xml:space="preserve"> Informācija par amatpersonu un darbinieku mēnešalgas apmēru </t>
   </si>
   <si>
     <t xml:space="preserve">sadalījumā pa amatu grupām (bruto, euro) </t>
   </si>
   <si>
-    <t>2026. gada janvāris</t>
+    <t>2026. gada februāris</t>
   </si>
   <si>
     <t>Amatu grupa</t>
   </si>
   <si>
     <t>Amatu skaits</t>
   </si>
   <si>
     <t>Mēnešalgas diapazons</t>
   </si>
   <si>
     <t>Vidējā mēnešalga</t>
   </si>
   <si>
     <t xml:space="preserve">Amatu saime, apakšsaime, līmenis vai amata kategorija, līmenis </t>
   </si>
   <si>
     <t>Amata nosaukums</t>
   </si>
   <si>
     <t>1.1. IV</t>
   </si>
   <si>
     <t>direktora vietnieks</t>
   </si>
   <si>
     <t>4150.00</t>
   </si>
   <si>
     <t>1.1. V</t>
   </si>
   <si>
-    <t>direktors</t>
-[...2 lines deleted...]
-    <t>4790.00</t>
+    <t>Direktors</t>
+  </si>
+  <si>
+    <t>5300.00</t>
   </si>
   <si>
     <t>13. III</t>
   </si>
   <si>
     <t>ārsts-eksperts</t>
   </si>
   <si>
     <t>1470.00*</t>
   </si>
   <si>
     <t>15.1. II</t>
   </si>
   <si>
     <t>vecākais administratīvā budžeta ekonomists</t>
   </si>
   <si>
     <t>1330.00</t>
   </si>
   <si>
     <t>15.1. III</t>
   </si>
   <si>
     <t>vecākais pakalpojumu budžeta ekonomists</t>
   </si>
@@ -195,54 +196,51 @@
   <si>
     <t>20.3. I</t>
   </si>
   <si>
     <t>lietvedis</t>
   </si>
   <si>
     <t>972.00 - 1087.00</t>
   </si>
   <si>
     <t>1048.67</t>
   </si>
   <si>
     <t>pakalpojumu lietvedis</t>
   </si>
   <si>
     <t>824.00 - 1054.00</t>
   </si>
   <si>
     <t>973.20</t>
   </si>
   <si>
     <t>pakalpojumu lietvedis (ar arhivāra funkcijām)</t>
   </si>
   <si>
-    <t>824.00 - 972.00</t>
-[...2 lines deleted...]
-    <t>898.00</t>
+    <t>972.00</t>
   </si>
   <si>
     <t>20.3. II</t>
   </si>
   <si>
     <t>vecākais lietvedis</t>
   </si>
   <si>
     <t>1087.00 - 1167.00</t>
   </si>
   <si>
     <t>1113.67</t>
   </si>
   <si>
     <t>20.3. III</t>
   </si>
   <si>
     <t>lietvedības pārzinis</t>
   </si>
   <si>
     <t>1140.00</t>
   </si>
   <si>
     <t>20.6. III</t>
   </si>
@@ -339,84 +337,84 @@
   <si>
     <t>21.4. I</t>
   </si>
   <si>
     <t>informācijas sistēminženieris</t>
   </si>
   <si>
     <t>1190.00 - 1487.50</t>
   </si>
   <si>
     <t>1367.50</t>
   </si>
   <si>
     <t>vecākais programmētājs</t>
   </si>
   <si>
     <t>1052.00 - 1547.00</t>
   </si>
   <si>
     <t>1217.00</t>
   </si>
   <si>
     <t>21.4. II</t>
   </si>
   <si>
-    <t>1330.00 - 1862.50</t>
-[...2 lines deleted...]
-    <t>1551.50</t>
+    <t>1330.00 - 1922.10</t>
+  </si>
+  <si>
+    <t>1563.42</t>
   </si>
   <si>
     <t>vecākais biznesa analītiķis</t>
   </si>
   <si>
-    <t>1258.00 - 1715.70</t>
-[...2 lines deleted...]
-    <t>1505.91</t>
+    <t>1258.00* - 1715.70*</t>
+  </si>
+  <si>
+    <t>1505.91*</t>
   </si>
   <si>
     <t>21.4. III</t>
   </si>
   <si>
     <t>galvenais biznesa analītiķis</t>
   </si>
   <si>
     <t>2081.00</t>
   </si>
   <si>
     <t>2593.35 - 2705.30</t>
   </si>
   <si>
-    <t>2677.71</t>
+    <t>2656.91</t>
   </si>
   <si>
     <t>1910.00 - 2601.25</t>
   </si>
   <si>
-    <t>2014.96</t>
+    <t>2036.26</t>
   </si>
   <si>
     <t>21.4. IV</t>
   </si>
   <si>
     <t>sistēmu konstruktors</t>
   </si>
   <si>
     <t>3138.17</t>
   </si>
   <si>
     <t>vadošais biznesa analītiķis</t>
   </si>
   <si>
     <t>2391.00 - 2821.38</t>
   </si>
   <si>
     <t>2606.19</t>
   </si>
   <si>
     <t>2391.00 - 2869.20</t>
   </si>
   <si>
     <t>2709.80</t>
   </si>
@@ -450,51 +448,51 @@
   <si>
     <t>vecākais informācijas sistēmu administrators</t>
   </si>
   <si>
     <t>21.5. IV</t>
   </si>
   <si>
     <t>informācijas sistēmu uzturētājs</t>
   </si>
   <si>
     <t>1921.00 - 2201.10</t>
   </si>
   <si>
     <t>2053.86</t>
   </si>
   <si>
     <t>2113.10 - 2478.09</t>
   </si>
   <si>
     <t>2295.60</t>
   </si>
   <si>
     <t>vecākais informācijas sistēmu uzturētājs</t>
   </si>
   <si>
-    <t>2113.10</t>
+    <t>2209.15</t>
   </si>
   <si>
     <t>vecākais informāciju tehnoloģiju administrators</t>
   </si>
   <si>
     <t>21.5. V</t>
   </si>
   <si>
     <t>2391.00 - 2551.00</t>
   </si>
   <si>
     <t>2471.00</t>
   </si>
   <si>
     <t>vadošais datorsistēmu un datortīklu administrators</t>
   </si>
   <si>
     <t>vadošais informācijas sistēmu administrators</t>
   </si>
   <si>
     <t>2391.00 - 3212.30</t>
   </si>
   <si>
     <t>2899.03</t>
   </si>
@@ -546,87 +544,78 @@
   <si>
     <t>vecākais juriskonsults</t>
   </si>
   <si>
     <t>24. IV</t>
   </si>
   <si>
     <t>25. III</t>
   </si>
   <si>
     <t>inspektors</t>
   </si>
   <si>
     <t>1051.00 - 1151.00</t>
   </si>
   <si>
     <t>1139.00</t>
   </si>
   <si>
     <t>klientu apkalpošanas operators</t>
   </si>
   <si>
     <t>1025.00 - 1125.00</t>
   </si>
   <si>
-    <t>1119.74</t>
+    <t>1115.00</t>
   </si>
   <si>
     <t>25. IV</t>
   </si>
   <si>
     <t>pabalstu inspektors</t>
   </si>
   <si>
     <t>1076.00* - 1272.00*</t>
   </si>
   <si>
-    <t>1181.79*</t>
+    <t>1182.29*</t>
   </si>
   <si>
     <t>pensiju inspektors</t>
   </si>
   <si>
     <t>1076.00* - 1242.00*</t>
   </si>
   <si>
-    <t>1175.35*</t>
-[...14 lines deleted...]
-    <t>1313.66*</t>
+    <t>1176.69*</t>
+  </si>
+  <si>
+    <t>1180.00* - 1468.00*</t>
+  </si>
+  <si>
+    <t>1308.58*</t>
   </si>
   <si>
     <t>25. V</t>
   </si>
   <si>
     <t>vadošais inspektors</t>
   </si>
   <si>
     <t>1377.00 - 1695.00</t>
   </si>
   <si>
     <t>1434.09</t>
   </si>
   <si>
     <t>25. VI</t>
   </si>
   <si>
     <t>1693.00 - 2023.00</t>
   </si>
   <si>
     <t>1731.52</t>
   </si>
   <si>
     <t>25. VII</t>
   </si>
@@ -775,254 +764,200 @@
     <t>8. III</t>
   </si>
   <si>
     <t>darba aizsardzības speciālists</t>
   </si>
   <si>
     <t>1200.00*</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-      <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-      <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
-      <family val="2"/>
-      <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...22 lines deleted...]
-    <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...18 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...5 lines deleted...]
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1296,1627 +1231,1617 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E101"/>
+  <dimension ref="A1:E100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B105" sqref="B105"/>
+      <selection activeCell="G109" sqref="G109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="17.6640625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="11" customWidth="1"/>
+    <col min="1" max="1" width="17.6640625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="41.44140625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="5.88671875" style="14" customWidth="1"/>
+    <col min="4" max="4" width="17.44140625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="11" style="2" customWidth="1"/>
+    <col min="6" max="16384" width="8.88671875" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
-      <c r="E1" s="2" t="s">
+      <c r="E1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1"/>
-      <c r="E2" s="2" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1"/>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="3" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="B5" s="3" t="s">
+    <row r="5" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="4" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="B6" s="3" t="s">
+    <row r="6" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="B7" s="4" t="s">
+      <c r="B7" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A8" s="14" t="s">
+      <c r="A8" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="15"/>
-      <c r="C8" s="14" t="s">
+      <c r="B8" s="20"/>
+      <c r="C8" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="14" t="s">
+      <c r="D8" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="E8" s="14" t="s">
+      <c r="E8" s="6" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="39.6" x14ac:dyDescent="0.3">
-      <c r="A9" s="10" t="s">
+    <row r="9" spans="1:5" ht="53.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="10" t="s">
+      <c r="B9" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="16"/>
-[...1 lines deleted...]
-      <c r="E9" s="17"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="8"/>
+      <c r="E9" s="8"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A10" s="18" t="s">
+      <c r="A10" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="19" t="s">
+      <c r="B10" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="18">
+      <c r="C10" s="12">
         <v>2</v>
       </c>
-      <c r="D10" s="18" t="s">
+      <c r="D10" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="E10" s="18" t="s">
+      <c r="E10" s="12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A11" s="18" t="s">
+      <c r="A11" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="19" t="s">
+      <c r="B11" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="18">
-[...2 lines deleted...]
-      <c r="D11" s="18" t="s">
+      <c r="C11" s="12">
+        <v>1</v>
+      </c>
+      <c r="D11" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="E11" s="18" t="s">
+      <c r="E11" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A12" s="18" t="s">
+      <c r="A12" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="B12" s="19" t="s">
+      <c r="B12" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="18">
-[...2 lines deleted...]
-      <c r="D12" s="18" t="s">
+      <c r="C12" s="12">
+        <v>1</v>
+      </c>
+      <c r="D12" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="E12" s="18" t="s">
+      <c r="E12" s="12" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A13" s="18" t="s">
+      <c r="A13" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="19" t="s">
+      <c r="B13" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="18">
+      <c r="C13" s="12">
         <v>2</v>
       </c>
-      <c r="D13" s="18" t="s">
+      <c r="D13" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="E13" s="18" t="s">
+      <c r="E13" s="12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A14" s="18" t="s">
+      <c r="A14" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="B14" s="19" t="s">
+      <c r="B14" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="C14" s="18">
+      <c r="C14" s="12">
         <v>3</v>
       </c>
-      <c r="D14" s="18" t="s">
+      <c r="D14" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="E14" s="18" t="s">
+      <c r="E14" s="12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A15" s="18" t="s">
+      <c r="A15" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="19" t="s">
+      <c r="B15" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="C15" s="18">
-[...2 lines deleted...]
-      <c r="D15" s="18" t="s">
+      <c r="C15" s="12">
+        <v>1</v>
+      </c>
+      <c r="D15" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="E15" s="18" t="s">
+      <c r="E15" s="12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A16" s="18" t="s">
+      <c r="A16" s="12" t="s">
         <v>32</v>
       </c>
-      <c r="B16" s="19" t="s">
+      <c r="B16" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C16" s="18">
-[...2 lines deleted...]
-      <c r="D16" s="18" t="s">
+      <c r="C16" s="12">
+        <v>1</v>
+      </c>
+      <c r="D16" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="E16" s="18" t="s">
+      <c r="E16" s="12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A17" s="18" t="s">
+      <c r="A17" s="12" t="s">
         <v>35</v>
       </c>
-      <c r="B17" s="19" t="s">
+      <c r="B17" s="17" t="s">
         <v>36</v>
       </c>
-      <c r="C17" s="18">
+      <c r="C17" s="12">
         <v>14</v>
       </c>
-      <c r="D17" s="18" t="s">
+      <c r="D17" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="E17" s="18" t="s">
+      <c r="E17" s="12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A18" s="18" t="s">
+      <c r="A18" s="12" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="19" t="s">
+      <c r="B18" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C18" s="18">
+      <c r="C18" s="12">
         <v>2</v>
       </c>
-      <c r="D18" s="18" t="s">
+      <c r="D18" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="E18" s="18" t="s">
+      <c r="E18" s="12" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A19" s="18" t="s">
+      <c r="A19" s="12" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="19" t="s">
+      <c r="B19" s="17" t="s">
         <v>43</v>
       </c>
-      <c r="C19" s="18">
-[...2 lines deleted...]
-      <c r="D19" s="18" t="s">
+      <c r="C19" s="12">
+        <v>1</v>
+      </c>
+      <c r="D19" s="12" t="s">
         <v>44</v>
       </c>
-      <c r="E19" s="18" t="s">
+      <c r="E19" s="12" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A20" s="18" t="s">
+      <c r="A20" s="12" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="19" t="s">
+      <c r="B20" s="17" t="s">
         <v>46</v>
       </c>
-      <c r="C20" s="18">
+      <c r="C20" s="12">
         <v>2</v>
       </c>
-      <c r="D20" s="18" t="s">
+      <c r="D20" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="E20" s="18" t="s">
+      <c r="E20" s="12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A21" s="18" t="s">
+      <c r="A21" s="12" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="19" t="s">
+      <c r="B21" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="C21" s="18">
+      <c r="C21" s="12">
         <v>0.75</v>
       </c>
-      <c r="D21" s="18" t="s">
+      <c r="D21" s="12" t="s">
         <v>49</v>
       </c>
-      <c r="E21" s="18" t="s">
+      <c r="E21" s="12" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A22" s="5" t="s">
+      <c r="A22" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="6" t="s">
+      <c r="B22" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="C22" s="5">
+      <c r="C22" s="9">
         <v>4</v>
       </c>
-      <c r="D22" s="5" t="s">
+      <c r="D22" s="9" t="s">
         <v>52</v>
       </c>
-      <c r="E22" s="7" t="s">
+      <c r="E22" s="9" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A23" s="6"/>
-      <c r="B23" s="6" t="s">
+      <c r="A23" s="10"/>
+      <c r="B23" s="10" t="s">
         <v>54</v>
       </c>
-      <c r="C23" s="5">
+      <c r="C23" s="9">
         <v>60</v>
       </c>
-      <c r="D23" s="5" t="s">
+      <c r="D23" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="E23" s="7" t="s">
+      <c r="E23" s="9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A24" s="6"/>
-      <c r="B24" s="6" t="s">
+      <c r="A24" s="10"/>
+      <c r="B24" s="10" t="s">
         <v>57</v>
       </c>
-      <c r="C24" s="5">
+      <c r="C24" s="9">
         <v>2</v>
       </c>
-      <c r="D24" s="5" t="s">
+      <c r="D24" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="E24" s="7" t="s">
+      <c r="E24" s="9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A25" s="12" t="s">
         <v>59</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="18" t="s">
+      <c r="B25" s="17" t="s">
         <v>60</v>
       </c>
-      <c r="B25" s="19" t="s">
+      <c r="C25" s="12">
+        <v>3</v>
+      </c>
+      <c r="D25" s="12" t="s">
         <v>61</v>
       </c>
-      <c r="C25" s="18">
+      <c r="E25" s="12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A26" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B26" s="17" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="12">
+        <v>1</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="E26" s="12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A27" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C27" s="9">
+        <v>1</v>
+      </c>
+      <c r="D27" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E27" s="9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A28" s="10"/>
+      <c r="B28" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C28" s="9">
+        <v>1</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E28" s="9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A29" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" s="18">
+        <v>1</v>
+      </c>
+      <c r="D29" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E29" s="18" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A30" s="13"/>
+      <c r="B30" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C30" s="19">
+        <v>2</v>
+      </c>
+      <c r="D30" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="E30" s="19" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A31" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B31" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C31" s="12">
+        <v>1</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E31" s="12" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A32" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B32" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="C32" s="12">
+        <v>11</v>
+      </c>
+      <c r="D32" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E32" s="12" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A33" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C33" s="9">
+        <v>8</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="E33" s="9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A34" s="10"/>
+      <c r="B34" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C34" s="9">
+        <v>1</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="E34" s="9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A35" s="12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B35" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C35" s="12">
+        <v>1</v>
+      </c>
+      <c r="D35" s="12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E35" s="12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A36" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C36" s="9">
+        <v>4</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="E36" s="9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A37" s="10"/>
+      <c r="B37" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C37" s="9">
+        <v>1</v>
+      </c>
+      <c r="D37" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="E37" s="9" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A38" s="12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B38" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C38" s="12">
+        <v>1</v>
+      </c>
+      <c r="D38" s="12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E38" s="12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A39" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="B39" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C39" s="9">
         <v>3</v>
       </c>
-      <c r="D25" s="18" t="s">
-[...10 lines deleted...]
-      <c r="B26" s="19" t="s">
+      <c r="D39" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="E39" s="9" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A40" s="10"/>
+      <c r="B40" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C40" s="9">
+        <v>1</v>
+      </c>
+      <c r="D40" s="9" t="s">
         <v>65</v>
       </c>
-      <c r="C26" s="18">
-[...63 lines deleted...]
-      <c r="C30" s="21">
+      <c r="E40" s="9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A41" s="10"/>
+      <c r="B41" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="C41" s="9">
+        <v>5</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A42" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="B42" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C42" s="18">
+        <v>6</v>
+      </c>
+      <c r="D42" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="E42" s="18" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A43" s="13"/>
+      <c r="B43" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C43" s="19">
+        <v>7</v>
+      </c>
+      <c r="D43" s="19" t="s">
+        <v>108</v>
+      </c>
+      <c r="E43" s="19" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A44" s="9" t="s">
+        <v>110</v>
+      </c>
+      <c r="B44" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="C44" s="9">
+        <v>1</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="E44" s="9" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A45" s="10"/>
+      <c r="B45" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C45" s="9">
+        <v>5</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="E45" s="9" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A46" s="10"/>
+      <c r="B46" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C46" s="9">
+        <v>16</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="E46" s="9" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A47" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="C47" s="18">
+        <v>1</v>
+      </c>
+      <c r="D47" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A48" s="10"/>
+      <c r="B48" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="C48" s="9">
+        <v>1</v>
+      </c>
+      <c r="D48" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E48" s="9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A49" s="10"/>
+      <c r="B49" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C49" s="9">
         <v>2</v>
       </c>
-      <c r="D30" s="21" t="s">
-[...10 lines deleted...]
-      <c r="B31" s="19" t="s">
+      <c r="D49" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="E49" s="9" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A50" s="13"/>
+      <c r="B50" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C50" s="19">
+        <v>4</v>
+      </c>
+      <c r="D50" s="19" t="s">
+        <v>123</v>
+      </c>
+      <c r="E50" s="19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A51" s="12" t="s">
+        <v>125</v>
+      </c>
+      <c r="B51" s="17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" s="12">
+        <v>0.5</v>
+      </c>
+      <c r="D51" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="E51" s="12" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A52" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B52" s="11" t="s">
+        <v>129</v>
+      </c>
+      <c r="C52" s="18">
+        <v>9</v>
+      </c>
+      <c r="D52" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="E52" s="18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A53" s="10"/>
+      <c r="B53" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C53" s="9">
+        <v>2</v>
+      </c>
+      <c r="D53" s="9" t="s">
+        <v>132</v>
+      </c>
+      <c r="E53" s="9" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A54" s="10"/>
+      <c r="B54" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C54" s="9">
+        <v>2</v>
+      </c>
+      <c r="D54" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E54" s="9" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A55" s="19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B55" s="13" t="s">
+        <v>136</v>
+      </c>
+      <c r="C55" s="19">
+        <v>5</v>
+      </c>
+      <c r="D55" s="19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E55" s="19" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A56" s="10"/>
+      <c r="B56" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C56" s="9">
+        <v>2</v>
+      </c>
+      <c r="D56" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E56" s="9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A57" s="10"/>
+      <c r="B57" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C57" s="9">
+        <v>2</v>
+      </c>
+      <c r="D57" s="9" t="s">
+        <v>139</v>
+      </c>
+      <c r="E57" s="9" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A58" s="10"/>
+      <c r="B58" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="C58" s="9">
+        <v>1</v>
+      </c>
+      <c r="D58" s="9" t="s">
+        <v>142</v>
+      </c>
+      <c r="E58" s="9" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A59" s="10"/>
+      <c r="B59" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="C59" s="9">
+        <v>1</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E59" s="9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B60" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="C60" s="18">
+        <v>2</v>
+      </c>
+      <c r="D60" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="E60" s="18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A61" s="10"/>
+      <c r="B61" s="10" t="s">
+        <v>147</v>
+      </c>
+      <c r="C61" s="9">
+        <v>1</v>
+      </c>
+      <c r="D61" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E61" s="9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A62" s="10"/>
+      <c r="B62" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="C62" s="9">
+        <v>11</v>
+      </c>
+      <c r="D62" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="E62" s="9" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A63" s="10"/>
+      <c r="B63" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="C63" s="9">
+        <v>1</v>
+      </c>
+      <c r="D63" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="E63" s="9" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A64" s="13"/>
+      <c r="B64" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="C64" s="19">
+        <v>2</v>
+      </c>
+      <c r="D64" s="19" t="s">
+        <v>121</v>
+      </c>
+      <c r="E64" s="19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A65" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="B65" s="17" t="s">
+        <v>155</v>
+      </c>
+      <c r="C65" s="12">
+        <v>2</v>
+      </c>
+      <c r="D65" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="E65" s="12" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A66" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="B66" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="C66" s="9">
+        <v>1</v>
+      </c>
+      <c r="D66" s="9" t="s">
+        <v>159</v>
+      </c>
+      <c r="E66" s="9" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A67" s="10"/>
+      <c r="B67" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="C67" s="9">
+        <v>3</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E67" s="9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A68" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="B68" s="17" t="s">
+        <v>162</v>
+      </c>
+      <c r="C68" s="12">
+        <v>3</v>
+      </c>
+      <c r="D68" s="12" t="s">
+        <v>163</v>
+      </c>
+      <c r="E68" s="12" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A69" s="12" t="s">
+        <v>165</v>
+      </c>
+      <c r="B69" s="17" t="s">
+        <v>166</v>
+      </c>
+      <c r="C69" s="12">
+        <v>4</v>
+      </c>
+      <c r="D69" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E69" s="12" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A70" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="B70" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C31" s="18">
-[...10 lines deleted...]
-      <c r="A32" s="18" t="s">
+      <c r="C70" s="12">
+        <v>1</v>
+      </c>
+      <c r="D70" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="E70" s="12" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A71" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="B71" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="C71" s="18">
+        <v>26</v>
+      </c>
+      <c r="D71" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A72" s="13"/>
+      <c r="B72" s="13" t="s">
+        <v>172</v>
+      </c>
+      <c r="C72" s="19">
+        <v>21</v>
+      </c>
+      <c r="D72" s="19" t="s">
+        <v>173</v>
+      </c>
+      <c r="E72" s="19" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A73" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="C73" s="9">
+        <v>219.75</v>
+      </c>
+      <c r="D73" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E73" s="9" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A74" s="10"/>
+      <c r="B74" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="C74" s="9">
+        <v>196</v>
+      </c>
+      <c r="D74" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="E74" s="9" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A75" s="10"/>
+      <c r="B75" s="10" t="s">
         <v>80</v>
       </c>
-      <c r="B32" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="18">
+      <c r="C75" s="9">
+        <v>55</v>
+      </c>
+      <c r="D75" s="9" t="s">
+        <v>182</v>
+      </c>
+      <c r="E75" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A76" s="12" t="s">
+        <v>184</v>
+      </c>
+      <c r="B76" s="17" t="s">
+        <v>185</v>
+      </c>
+      <c r="C76" s="12">
+        <v>65</v>
+      </c>
+      <c r="D76" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="E76" s="12" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A77" s="12" t="s">
+        <v>188</v>
+      </c>
+      <c r="B77" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C77" s="12">
+        <v>23</v>
+      </c>
+      <c r="D77" s="12" t="s">
+        <v>189</v>
+      </c>
+      <c r="E77" s="12" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A78" s="12" t="s">
+        <v>191</v>
+      </c>
+      <c r="B78" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C78" s="12">
         <v>11</v>
       </c>
-      <c r="D32" s="18" t="s">
-[...722 lines deleted...]
-      <c r="A78" s="18" t="s">
+      <c r="D78" s="12" t="s">
         <v>192</v>
       </c>
-      <c r="B78" s="19" t="s">
-[...5 lines deleted...]
-      <c r="D78" s="18" t="s">
+      <c r="E78" s="12" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A79" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="B79" s="11" t="s">
         <v>195</v>
       </c>
-      <c r="B79" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="18">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D79" s="18" t="s">
         <v>196</v>
       </c>
       <c r="E79" s="18" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A80" s="13"/>
+      <c r="B80" s="13" t="s">
         <v>197</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A80" s="5" t="s">
+      <c r="C80" s="19">
+        <v>1</v>
+      </c>
+      <c r="D80" s="19" t="s">
         <v>198</v>
       </c>
-      <c r="B80" s="6" t="s">
+      <c r="E80" s="19" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A81" s="18" t="s">
         <v>199</v>
       </c>
-      <c r="C80" s="5">
-[...2 lines deleted...]
-      <c r="D80" s="5" t="s">
+      <c r="B81" s="11" t="s">
         <v>200</v>
       </c>
-      <c r="E80" s="7" t="s">
-[...5 lines deleted...]
-      <c r="B81" s="6" t="s">
+      <c r="C81" s="18">
+        <v>1</v>
+      </c>
+      <c r="D81" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="E81" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A82" s="13"/>
+      <c r="B82" s="13" t="s">
         <v>201</v>
       </c>
-      <c r="C81" s="5">
-[...2 lines deleted...]
-      <c r="D81" s="5" t="s">
+      <c r="C82" s="19">
+        <v>6</v>
+      </c>
+      <c r="D82" s="19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E82" s="19" t="s">
         <v>202</v>
       </c>
-      <c r="E81" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A82" s="20" t="s">
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A83" s="12" t="s">
         <v>203</v>
       </c>
-      <c r="B82" s="8" t="s">
+      <c r="B83" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C83" s="12">
+        <v>1</v>
+      </c>
+      <c r="D83" s="12" t="s">
         <v>204</v>
       </c>
-      <c r="C82" s="20">
-[...2 lines deleted...]
-      <c r="D82" s="20" t="s">
+      <c r="E83" s="12" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A84" s="12" t="s">
+        <v>205</v>
+      </c>
+      <c r="B84" s="17" t="s">
+        <v>206</v>
+      </c>
+      <c r="C84" s="12">
+        <v>2</v>
+      </c>
+      <c r="D84" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="E84" s="12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A85" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="B85" s="17" t="s">
+        <v>206</v>
+      </c>
+      <c r="C85" s="12">
+        <v>1</v>
+      </c>
+      <c r="D85" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="E82" s="20" t="s">
+      <c r="E85" s="12" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="83" spans="1:5" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="B84" s="19" t="s">
+    <row r="86" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A86" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="B86" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="C86" s="9">
+        <v>1</v>
+      </c>
+      <c r="D86" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E86" s="9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A87" s="10"/>
+      <c r="B87" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="C87" s="9">
+        <v>2</v>
+      </c>
+      <c r="D87" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E87" s="9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A88" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="B88" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C84" s="18">
-[...44 lines deleted...]
-      <c r="A87" s="5" t="s">
+      <c r="C88" s="12">
+        <v>1</v>
+      </c>
+      <c r="D88" s="12" t="s">
         <v>212</v>
       </c>
-      <c r="B87" s="6" t="s">
-[...24 lines deleted...]
-        <v>44</v>
+      <c r="E88" s="12" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A89" s="18" t="s">
+        <v>213</v>
+      </c>
+      <c r="B89" s="11" t="s">
+        <v>214</v>
+      </c>
+      <c r="C89" s="18">
+        <v>4</v>
+      </c>
+      <c r="D89" s="18" t="s">
         <v>215</v>
-      </c>
-[...7 lines deleted...]
-        <v>216</v>
       </c>
       <c r="E89" s="18" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A90" s="5" t="s">
+      <c r="A90" s="13"/>
+      <c r="B90" s="13" t="s">
         <v>217</v>
       </c>
-      <c r="B90" s="6" t="s">
+      <c r="C90" s="19">
+        <v>22</v>
+      </c>
+      <c r="D90" s="19" t="s">
         <v>218</v>
       </c>
-      <c r="C90" s="5">
-[...2 lines deleted...]
-      <c r="D90" s="5" t="s">
+      <c r="E90" s="19" t="s">
         <v>219</v>
       </c>
-      <c r="E90" s="7" t="s">
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A91" s="12" t="s">
         <v>220</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B91" s="6" t="s">
+      <c r="B91" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C91" s="12">
+        <v>1</v>
+      </c>
+      <c r="D91" s="12" t="s">
         <v>221</v>
       </c>
-      <c r="C91" s="5">
-[...2 lines deleted...]
-      <c r="D91" s="5" t="s">
+      <c r="E91" s="12" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A92" s="12" t="s">
         <v>222</v>
       </c>
-      <c r="E91" s="7" t="s">
+      <c r="B92" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C92" s="12">
+        <v>2</v>
+      </c>
+      <c r="D92" s="12" t="s">
         <v>223</v>
       </c>
-    </row>
-[...14 lines deleted...]
-        <v>225</v>
+      <c r="E92" s="12" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="18" t="s">
+        <v>224</v>
+      </c>
+      <c r="B93" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="C93" s="18">
+        <v>1</v>
+      </c>
+      <c r="D93" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E93" s="18" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A94" s="13"/>
+      <c r="B94" s="13" t="s">
+        <v>210</v>
+      </c>
+      <c r="C94" s="19">
+        <v>1</v>
+      </c>
+      <c r="D94" s="19" t="s">
         <v>226</v>
       </c>
-      <c r="B93" s="19" t="s">
-[...5 lines deleted...]
-      <c r="D93" s="18" t="s">
+      <c r="E94" s="19" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A95" s="12" t="s">
         <v>227</v>
       </c>
-      <c r="E93" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A94" s="5" t="s">
+      <c r="B95" s="17" t="s">
         <v>228</v>
       </c>
-      <c r="B94" s="6" t="s">
+      <c r="C95" s="12">
+        <v>1</v>
+      </c>
+      <c r="D95" s="12" t="s">
         <v>229</v>
       </c>
-      <c r="C94" s="5">
-[...21 lines deleted...]
-        <v>230</v>
+      <c r="E95" s="12" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A96" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="B96" s="11" t="s">
         <v>231</v>
       </c>
-      <c r="B96" s="19" t="s">
+      <c r="C96" s="18">
+        <v>1</v>
+      </c>
+      <c r="D96" s="18" t="s">
         <v>232</v>
       </c>
-      <c r="C96" s="18">
-[...2 lines deleted...]
-      <c r="D96" s="18" t="s">
+      <c r="E96" s="18" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A97" s="13"/>
+      <c r="B97" s="13" t="s">
         <v>233</v>
       </c>
-      <c r="E96" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A97" s="5" t="s">
+      <c r="C97" s="19">
+        <v>10</v>
+      </c>
+      <c r="D97" s="19" t="s">
         <v>234</v>
       </c>
-      <c r="B97" s="6" t="s">
+      <c r="E97" s="19" t="s">
         <v>235</v>
       </c>
-      <c r="C97" s="5">
-[...2 lines deleted...]
-      <c r="D97" s="5" t="s">
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A98" s="18" t="s">
         <v>236</v>
       </c>
-      <c r="E97" s="7" t="s">
-[...5 lines deleted...]
-      <c r="B98" s="6" t="s">
+      <c r="B98" s="11" t="s">
         <v>237</v>
       </c>
-      <c r="C98" s="5">
-[...2 lines deleted...]
-      <c r="D98" s="5" t="s">
+      <c r="C98" s="18">
+        <v>0.5</v>
+      </c>
+      <c r="D98" s="18" t="s">
         <v>238</v>
       </c>
-      <c r="E98" s="7" t="s">
+      <c r="E98" s="18" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A99" s="19" t="s">
         <v>239</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A99" s="18" t="s">
+      <c r="B99" s="13" t="s">
         <v>240</v>
       </c>
-      <c r="B99" s="19" t="s">
+      <c r="C99" s="19">
+        <v>0.5</v>
+      </c>
+      <c r="D99" s="19" t="s">
         <v>241</v>
       </c>
-      <c r="C99" s="18">
-[...6 lines deleted...]
-        <v>242</v>
+      <c r="E99" s="19" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A100" s="18" t="s">
-[...18 lines deleted...]
-      <c r="C101" s="13">
+      <c r="A100" s="13"/>
+      <c r="B100" s="13"/>
+      <c r="C100" s="16">
         <v>919</v>
       </c>
-      <c r="D101" s="9"/>
-      <c r="E101" s="9"/>
+      <c r="D100" s="13"/>
+      <c r="E100" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.45" bottom="0.85" header="0.2" footer="0.6"/>
-  <pageSetup paperSize="9"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>