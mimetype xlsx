--- v4 (2026-02-19)
+++ v5 (2026-03-12)
@@ -1,90 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JoannaKohanovica\Desktop\ATSKAITES\Alga pa amatu grupām mēneša sākumā\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B24D2E41-D36D-42C9-9C93-9833A724169F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25C2870D-2D6D-45A2-9F9A-B4640F822AE9}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8940" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="__bookmark_1">Sheet0!$A$8:$E$49,Sheet0!$A$50:$E$89,Sheet0!$A$90:$E$100</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="244">
   <si>
     <t xml:space="preserve">1. pielikums </t>
   </si>
   <si>
     <t xml:space="preserve">Ministru kabineta </t>
   </si>
   <si>
     <t xml:space="preserve">2016. gada 12. aprīļa </t>
   </si>
   <si>
     <t>noteikumiem Nr. 225</t>
   </si>
   <si>
     <t xml:space="preserve"> Informācija par amatpersonu un darbinieku mēnešalgas apmēru </t>
   </si>
   <si>
     <t xml:space="preserve">sadalījumā pa amatu grupām (bruto, euro) </t>
   </si>
   <si>
-    <t>2026. gada februāris</t>
+    <t>2026. gada marts</t>
   </si>
   <si>
     <t>Amatu grupa</t>
   </si>
   <si>
     <t>Amatu skaits</t>
   </si>
   <si>
     <t>Mēnešalgas diapazons</t>
   </si>
   <si>
     <t>Vidējā mēnešalga</t>
   </si>
   <si>
     <t xml:space="preserve">Amatu saime, apakšsaime, līmenis vai amata kategorija, līmenis </t>
   </si>
   <si>
     <t>Amata nosaukums</t>
   </si>
   <si>
     <t>1.1. IV</t>
   </si>
   <si>
     <t>direktora vietnieks</t>
   </si>
@@ -94,870 +93,950 @@
   <si>
     <t>1.1. V</t>
   </si>
   <si>
     <t>Direktors</t>
   </si>
   <si>
     <t>5300.00</t>
   </si>
   <si>
     <t>13. III</t>
   </si>
   <si>
     <t>ārsts-eksperts</t>
   </si>
   <si>
     <t>1470.00*</t>
   </si>
   <si>
     <t>15.1. II</t>
   </si>
   <si>
     <t>vecākais administratīvā budžeta ekonomists</t>
   </si>
   <si>
+    <t>1470.00</t>
+  </si>
+  <si>
+    <t>15.1. III</t>
+  </si>
+  <si>
+    <t>vecākais pakalpojumu budžeta ekonomists</t>
+  </si>
+  <si>
+    <t>1770.00 - 1930.00</t>
+  </si>
+  <si>
+    <t>1823.33</t>
+  </si>
+  <si>
+    <t>15.1. IVB</t>
+  </si>
+  <si>
+    <t>galvenais  ekonomists</t>
+  </si>
+  <si>
+    <t>2566.00</t>
+  </si>
+  <si>
+    <t>15.1. VA</t>
+  </si>
+  <si>
+    <t>vadītājs</t>
+  </si>
+  <si>
+    <t>2803.00</t>
+  </si>
+  <si>
+    <t>17. IV</t>
+  </si>
+  <si>
+    <t>vecākais grāmatvedis</t>
+  </si>
+  <si>
+    <t>1330.00 - 1490.00</t>
+  </si>
+  <si>
+    <t>1370.00</t>
+  </si>
+  <si>
+    <t>17. VI</t>
+  </si>
+  <si>
+    <t>2151.00 - 2231.00</t>
+  </si>
+  <si>
+    <t>2191.00</t>
+  </si>
+  <si>
+    <t>19. IIIA</t>
+  </si>
+  <si>
+    <t>datu aizsardzības speciālists</t>
+  </si>
+  <si>
+    <t>1921.00</t>
+  </si>
+  <si>
+    <t>2. IV</t>
+  </si>
+  <si>
+    <t>iepirkumu speciālists</t>
+  </si>
+  <si>
     <t>1330.00</t>
   </si>
   <si>
-    <t>15.1. III</t>
-[...23 lines deleted...]
-    <t>vadītājs</t>
+    <t>20.1. I</t>
+  </si>
+  <si>
+    <t>arhīva pārzinis</t>
+  </si>
+  <si>
+    <t>972.00*</t>
+  </si>
+  <si>
+    <t>20.3. I</t>
+  </si>
+  <si>
+    <t>lietvedis</t>
+  </si>
+  <si>
+    <t>1087.00</t>
+  </si>
+  <si>
+    <t>pakalpojumu lietvedis</t>
+  </si>
+  <si>
+    <t>824.00 - 1054.00</t>
+  </si>
+  <si>
+    <t>973.22</t>
+  </si>
+  <si>
+    <t>pakalpojumu lietvedis (ar arhivāra funkcijām)</t>
+  </si>
+  <si>
+    <t>824.00 - 972.00</t>
+  </si>
+  <si>
+    <t>898.00</t>
+  </si>
+  <si>
+    <t>20.3. II</t>
+  </si>
+  <si>
+    <t>vecākais lietvedis</t>
+  </si>
+  <si>
+    <t>1087.00 - 1167.00</t>
+  </si>
+  <si>
+    <t>1113.67</t>
+  </si>
+  <si>
+    <t>20.3. III</t>
+  </si>
+  <si>
+    <t>lietvedības pārzinis</t>
+  </si>
+  <si>
+    <t>1140.00</t>
+  </si>
+  <si>
+    <t>20.6. III</t>
+  </si>
+  <si>
+    <t>statistiķis</t>
+  </si>
+  <si>
+    <t>1539.00</t>
+  </si>
+  <si>
+    <t>statistiķis - biznesa analītiķis</t>
+  </si>
+  <si>
+    <t>20.6. IV</t>
+  </si>
+  <si>
+    <t>finanšu statistiķis</t>
+  </si>
+  <si>
+    <t>1899.00</t>
+  </si>
+  <si>
+    <t>vecākais statistiķis</t>
+  </si>
+  <si>
+    <t>1921.00 - 2001.00</t>
+  </si>
+  <si>
+    <t>1961.00</t>
+  </si>
+  <si>
+    <t>20.6. V</t>
+  </si>
+  <si>
+    <t>2630.00</t>
+  </si>
+  <si>
+    <t>21.2. I</t>
+  </si>
+  <si>
+    <t>vecākais inspektors</t>
+  </si>
+  <si>
+    <t>1180.00</t>
+  </si>
+  <si>
+    <t>21.2. II</t>
+  </si>
+  <si>
+    <t>sistēmu analītiķis</t>
+  </si>
+  <si>
+    <t>1377.00 - 1490.00</t>
+  </si>
+  <si>
+    <t>1391.12</t>
+  </si>
+  <si>
+    <t>vecākais sistēmu analītiķis</t>
+  </si>
+  <si>
+    <t>1490.00</t>
+  </si>
+  <si>
+    <t>21.3. II</t>
+  </si>
+  <si>
+    <t>2391.00</t>
+  </si>
+  <si>
+    <t>21.3. III</t>
+  </si>
+  <si>
+    <t>3712.00 - 4403.00</t>
+  </si>
+  <si>
+    <t>4230.25</t>
+  </si>
+  <si>
+    <t>vadošais sistēmu analītiķis</t>
+  </si>
+  <si>
+    <t>3712.00</t>
+  </si>
+  <si>
+    <t>21.3. IVB</t>
+  </si>
+  <si>
+    <t>3842.00</t>
+  </si>
+  <si>
+    <t>21.4. I</t>
+  </si>
+  <si>
+    <t>informācijas sistēminženieris</t>
+  </si>
+  <si>
+    <t>1190.00 - 1487.50</t>
+  </si>
+  <si>
+    <t>1367.50</t>
+  </si>
+  <si>
+    <t>vecākais programmētājs</t>
+  </si>
+  <si>
+    <t>1052.00 - 1547.00</t>
+  </si>
+  <si>
+    <t>1217.00</t>
+  </si>
+  <si>
+    <t>21.4. II</t>
+  </si>
+  <si>
+    <t>1330.00 - 1922.10</t>
+  </si>
+  <si>
+    <t>1563.42</t>
+  </si>
+  <si>
+    <t>vecākais biznesa analītiķis</t>
+  </si>
+  <si>
+    <t>1330.00* - 1922.10*</t>
+  </si>
+  <si>
+    <t>1575.17*</t>
+  </si>
+  <si>
+    <t>21.4. III</t>
+  </si>
+  <si>
+    <t>galvenais biznesa analītiķis</t>
+  </si>
+  <si>
+    <t>2081.00</t>
+  </si>
+  <si>
+    <t>2593.35 - 2705.30</t>
+  </si>
+  <si>
+    <t>2656.91</t>
+  </si>
+  <si>
+    <t>1921.00 - 2601.25</t>
+  </si>
+  <si>
+    <t>2037.11</t>
+  </si>
+  <si>
+    <t>21.4. IV</t>
+  </si>
+  <si>
+    <t>sistēmu konstruktors</t>
+  </si>
+  <si>
+    <t>3138.17</t>
+  </si>
+  <si>
+    <t>vadošais biznesa analītiķis</t>
+  </si>
+  <si>
+    <t>2364.00</t>
+  </si>
+  <si>
+    <t>2391.00 - 2821.38</t>
+  </si>
+  <si>
+    <t>2606.19</t>
+  </si>
+  <si>
+    <t>2391.00 - 2869.20</t>
+  </si>
+  <si>
+    <t>2709.80</t>
+  </si>
+  <si>
+    <t>21.5. II</t>
+  </si>
+  <si>
+    <t>datorsistēmu un datortīklu administrators</t>
+  </si>
+  <si>
+    <t>1140.00*</t>
+  </si>
+  <si>
+    <t>21.5. III</t>
+  </si>
+  <si>
+    <t>informācijas sistēmu analītiķis</t>
+  </si>
+  <si>
+    <t>1401.11</t>
+  </si>
+  <si>
+    <t>vecākais datorsistēmu un datortīklu administrators</t>
+  </si>
+  <si>
+    <t>1330.00 - 1715.70</t>
+  </si>
+  <si>
+    <t>1522.85</t>
+  </si>
+  <si>
+    <t>vecākais informācijas sistēmu administrators</t>
+  </si>
+  <si>
+    <t>21.5. IV</t>
+  </si>
+  <si>
+    <t>informācijas sistēmu uzturētājs</t>
+  </si>
+  <si>
+    <t>1921.00 - 2289.10</t>
+  </si>
+  <si>
+    <t>2071.46</t>
+  </si>
+  <si>
+    <t>2113.10 - 2478.09</t>
+  </si>
+  <si>
+    <t>2295.60</t>
+  </si>
+  <si>
+    <t>vecākais informācijas sistēmu uzturētājs</t>
+  </si>
+  <si>
+    <t>2209.15</t>
+  </si>
+  <si>
+    <t>vecākais informāciju tehnoloģiju administrators</t>
+  </si>
+  <si>
+    <t>21.5. V</t>
+  </si>
+  <si>
+    <t>2391.00 - 2551.00</t>
+  </si>
+  <si>
+    <t>2471.00</t>
+  </si>
+  <si>
+    <t>vadošais datorsistēmu un datortīklu administrators</t>
+  </si>
+  <si>
+    <t>vadošais informācijas sistēmu administrators</t>
+  </si>
+  <si>
+    <t>2391.00 - 3212.30</t>
+  </si>
+  <si>
+    <t>2899.03</t>
+  </si>
+  <si>
+    <t>vadošais informācijas sistēmu uzturētājs</t>
+  </si>
+  <si>
+    <t>2475.00</t>
+  </si>
+  <si>
+    <t>vecākais informācijas tehnoloģiju  administrators</t>
+  </si>
+  <si>
+    <t>21.6. II</t>
+  </si>
+  <si>
+    <t>informācijas vadības speciālists</t>
+  </si>
+  <si>
+    <t>1296.00</t>
+  </si>
+  <si>
+    <t>21.7. III</t>
+  </si>
+  <si>
+    <t>kiberdrošības pārvaldnieks</t>
+  </si>
+  <si>
+    <t>vadošais informācijas sistēmu drošības administrators</t>
+  </si>
+  <si>
+    <t>24. II</t>
+  </si>
+  <si>
+    <t>juriskonsults</t>
+  </si>
+  <si>
+    <t>1539.00 - 1699.00</t>
+  </si>
+  <si>
+    <t>1619.00</t>
+  </si>
+  <si>
+    <t>24. III</t>
+  </si>
+  <si>
+    <t>vecākais juriskonsults</t>
+  </si>
+  <si>
+    <t>24. IV</t>
   </si>
   <si>
     <t>2621.00</t>
   </si>
   <si>
-    <t>17. IV</t>
-[...101 lines deleted...]
-    <t>statistiķis - biznesa analītiķis</t>
+    <t>25. III</t>
+  </si>
+  <si>
+    <t>inspektors</t>
+  </si>
+  <si>
+    <t>1051.00 - 1151.00</t>
+  </si>
+  <si>
+    <t>1146.83</t>
+  </si>
+  <si>
+    <t>klientu apkalpošanas operators</t>
+  </si>
+  <si>
+    <t>1025.00 - 1125.00</t>
+  </si>
+  <si>
+    <t>1115.48</t>
+  </si>
+  <si>
+    <t>25. IV</t>
+  </si>
+  <si>
+    <t>pabalstu inspektors</t>
+  </si>
+  <si>
+    <t>1076.00* - 1272.00*</t>
+  </si>
+  <si>
+    <t>1183.46*</t>
+  </si>
+  <si>
+    <t>pensiju inspektors</t>
+  </si>
+  <si>
+    <t>1076.00* - 1242.00*</t>
+  </si>
+  <si>
+    <t>1177.19*</t>
+  </si>
+  <si>
+    <t>1180.00 - 1468.00</t>
+  </si>
+  <si>
+    <t>1311.60</t>
+  </si>
+  <si>
+    <t>25. V</t>
+  </si>
+  <si>
+    <t>vadošais inspektors</t>
+  </si>
+  <si>
+    <t>1377.00 - 1695.00</t>
+  </si>
+  <si>
+    <t>1449.63</t>
+  </si>
+  <si>
+    <t>25. VI</t>
+  </si>
+  <si>
+    <t>1693.00 - 2023.00</t>
+  </si>
+  <si>
+    <t>1746.83</t>
+  </si>
+  <si>
+    <t>25. VII</t>
+  </si>
+  <si>
+    <t>2143.00 - 2786.00</t>
+  </si>
+  <si>
+    <t>2202.18</t>
+  </si>
+  <si>
+    <t>26. II</t>
+  </si>
+  <si>
+    <t>preses sekretārs</t>
+  </si>
+  <si>
+    <t>1447.00</t>
+  </si>
+  <si>
+    <t>sabiedrisko attiecību speciālists</t>
+  </si>
+  <si>
+    <t>1365.00</t>
+  </si>
+  <si>
+    <t>3. IV</t>
+  </si>
+  <si>
+    <t>apsaimniekošanas eksperts</t>
+  </si>
+  <si>
+    <t>saimniecības pārzinis</t>
+  </si>
+  <si>
+    <t>3. VI</t>
+  </si>
+  <si>
+    <t>2071.00</t>
+  </si>
+  <si>
+    <t>34. I</t>
+  </si>
+  <si>
+    <t>personāla speciālists</t>
+  </si>
+  <si>
+    <t>34. IIB</t>
+  </si>
+  <si>
+    <t>34. III</t>
+  </si>
+  <si>
+    <t>vadošais personāla speciālists</t>
+  </si>
+  <si>
+    <t>vecākais personāla speciālists</t>
+  </si>
+  <si>
+    <t>34. V</t>
+  </si>
+  <si>
+    <t>2931.00</t>
+  </si>
+  <si>
+    <t>36. IV</t>
+  </si>
+  <si>
+    <t>vadošais eksperts</t>
+  </si>
+  <si>
+    <t>1971.00 - 2154.00</t>
+  </si>
+  <si>
+    <t>2016.75</t>
+  </si>
+  <si>
+    <t>vecākais eksperts</t>
+  </si>
+  <si>
+    <t>1971.00 - 2135.00</t>
+  </si>
+  <si>
+    <t>2048.30</t>
+  </si>
+  <si>
+    <t>36. V</t>
+  </si>
+  <si>
+    <t>2713.00</t>
+  </si>
+  <si>
+    <t>36. VI</t>
+  </si>
+  <si>
+    <t>2541.00 - 2701.00</t>
+  </si>
+  <si>
+    <t>38.1. II</t>
+  </si>
+  <si>
+    <t>risku vadītājs</t>
   </si>
   <si>
     <t>1522.00</t>
   </si>
   <si>
-    <t>20.6. IV</t>
-[...463 lines deleted...]
-  <si>
     <t>1410.00</t>
   </si>
   <si>
     <t>39.1. IIA</t>
   </si>
   <si>
     <t>projekta vadītājs</t>
   </si>
   <si>
     <t>1847.00</t>
   </si>
   <si>
     <t>42. II</t>
   </si>
   <si>
     <t>direktora palīgs</t>
   </si>
   <si>
     <t>1167.00</t>
   </si>
   <si>
     <t>vadītāja palīgs</t>
   </si>
   <si>
-    <t>1087.00 - 1115.00</t>
-[...2 lines deleted...]
-    <t>1112.20</t>
+    <t>1087.00 - 1197.00</t>
+  </si>
+  <si>
+    <t>1120.40</t>
   </si>
   <si>
     <t>46.1. II</t>
   </si>
   <si>
     <t>automobiļa vadītājs</t>
   </si>
   <si>
     <t>909.00*</t>
   </si>
   <si>
     <t>8. III</t>
   </si>
   <si>
     <t>darba aizsardzības speciālists</t>
   </si>
   <si>
     <t>1200.00*</t>
+  </si>
+  <si>
+    <t>* (mēnešalga par pilnu slodzi)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1231,1617 +1310,1618 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E100"/>
+  <dimension ref="A1:E102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="G109" sqref="G109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="17.6640625" style="2" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="8.88671875" style="2"/>
+    <col min="1" max="1" width="17.6640625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="41.44140625" style="6" customWidth="1"/>
+    <col min="3" max="3" width="5.88671875" style="7" customWidth="1"/>
+    <col min="4" max="4" width="17.44140625" style="6" customWidth="1"/>
+    <col min="5" max="5" width="11" style="6" customWidth="1"/>
+    <col min="6" max="16384" width="8.88671875" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="E1" s="3" t="s">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1" s="12"/>
+      <c r="E1" s="13" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="E3" s="3" t="s">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A2" s="12"/>
+      <c r="E2" s="13" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A3" s="12"/>
+      <c r="E3" s="13" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="E4" s="3" t="s">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A4" s="12"/>
+      <c r="E4" s="13" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="4" t="s">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="4" t="s">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B6" s="11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="B7" s="5" t="s">
+      <c r="B7" s="14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A8" s="6" t="s">
+      <c r="A8" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="20"/>
-      <c r="C8" s="6" t="s">
+      <c r="B8" s="3"/>
+      <c r="C8" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="6" t="s">
+      <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E8" s="6" t="s">
+      <c r="E8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="53.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="7" t="s">
+    <row r="9" spans="1:5" ht="52.8" x14ac:dyDescent="0.3">
+      <c r="A9" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="7" t="s">
+      <c r="B9" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="15"/>
-[...1 lines deleted...]
-      <c r="E9" s="8"/>
+      <c r="C9" s="8"/>
+      <c r="D9" s="5"/>
+      <c r="E9" s="5"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A10" s="12" t="s">
+      <c r="A10" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="17" t="s">
+      <c r="B10" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="12">
+      <c r="C10" s="1">
         <v>2</v>
       </c>
-      <c r="D10" s="12" t="s">
+      <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="E10" s="12" t="s">
+      <c r="E10" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A11" s="12" t="s">
+      <c r="A11" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="17" t="s">
+      <c r="B11" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="12">
-[...2 lines deleted...]
-      <c r="D11" s="12" t="s">
+      <c r="C11" s="1">
+        <v>1</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="E11" s="12" t="s">
+      <c r="E11" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A12" s="12" t="s">
+      <c r="A12" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B12" s="17" t="s">
+      <c r="B12" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="12">
-[...2 lines deleted...]
-      <c r="D12" s="12" t="s">
+      <c r="C12" s="1">
+        <v>1</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="E12" s="12" t="s">
+      <c r="E12" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A13" s="12" t="s">
+      <c r="A13" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="17" t="s">
+      <c r="B13" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="12">
+      <c r="C13" s="1">
         <v>2</v>
       </c>
-      <c r="D13" s="12" t="s">
+      <c r="D13" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="E13" s="12" t="s">
+      <c r="E13" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A14" s="12" t="s">
+      <c r="A14" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B14" s="17" t="s">
+      <c r="B14" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="C14" s="12">
+      <c r="C14" s="1">
         <v>3</v>
       </c>
-      <c r="D14" s="12" t="s">
+      <c r="D14" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="E14" s="12" t="s">
+      <c r="E14" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A15" s="12" t="s">
+      <c r="A15" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="17" t="s">
+      <c r="B15" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="C15" s="12">
-[...2 lines deleted...]
-      <c r="D15" s="12" t="s">
+      <c r="C15" s="1">
+        <v>1</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="E15" s="12" t="s">
+      <c r="E15" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A16" s="12" t="s">
+      <c r="A16" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="B16" s="17" t="s">
+      <c r="B16" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C16" s="12">
-[...2 lines deleted...]
-      <c r="D16" s="12" t="s">
+      <c r="C16" s="1">
+        <v>1</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="E16" s="12" t="s">
+      <c r="E16" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A17" s="12" t="s">
+      <c r="A17" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B17" s="17" t="s">
+      <c r="B17" s="19" t="s">
         <v>36</v>
       </c>
-      <c r="C17" s="12">
+      <c r="C17" s="1">
         <v>14</v>
       </c>
-      <c r="D17" s="12" t="s">
+      <c r="D17" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="E17" s="12" t="s">
+      <c r="E17" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A18" s="12" t="s">
+      <c r="A18" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="17" t="s">
+      <c r="B18" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C18" s="12">
+      <c r="C18" s="1">
         <v>2</v>
       </c>
-      <c r="D18" s="12" t="s">
+      <c r="D18" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="E18" s="12" t="s">
+      <c r="E18" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A19" s="12" t="s">
+      <c r="A19" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="17" t="s">
+      <c r="B19" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="C19" s="12">
-[...2 lines deleted...]
-      <c r="D19" s="12" t="s">
+      <c r="C19" s="1">
+        <v>1</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="E19" s="12" t="s">
+      <c r="E19" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A20" s="12" t="s">
+      <c r="A20" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="17" t="s">
+      <c r="B20" s="19" t="s">
         <v>46</v>
       </c>
-      <c r="C20" s="12">
+      <c r="C20" s="1">
         <v>2</v>
       </c>
-      <c r="D20" s="12" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="D20" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A21" s="12" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="17" t="s">
+      <c r="A21" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C21" s="12">
+      <c r="B21" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="C21" s="1">
         <v>0.75</v>
       </c>
-      <c r="D21" s="12" t="s">
-[...3 lines deleted...]
-        <v>49</v>
+      <c r="D21" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="9" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="B22" s="10" t="s">
         <v>51</v>
+      </c>
+      <c r="B22" s="15" t="s">
+        <v>52</v>
       </c>
       <c r="C22" s="9">
         <v>4</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="E22" s="9" t="s">
         <v>53</v>
       </c>
+      <c r="E22" s="16" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A23" s="10"/>
-      <c r="B23" s="10" t="s">
+      <c r="A23" s="15"/>
+      <c r="B23" s="15" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="9">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="E23" s="9" t="s">
+      <c r="E23" s="16" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A24" s="10"/>
-      <c r="B24" s="10" t="s">
+      <c r="A24" s="15"/>
+      <c r="B24" s="15" t="s">
         <v>57</v>
       </c>
       <c r="C24" s="9">
         <v>2</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="E24" s="9" t="s">
-        <v>58</v>
+      <c r="E24" s="16" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A25" s="12" t="s">
-[...2 lines deleted...]
-      <c r="B25" s="17" t="s">
+      <c r="A25" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C25" s="12">
+      <c r="B25" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="C25" s="1">
         <v>3</v>
       </c>
-      <c r="D25" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="12" t="s">
+      <c r="D25" s="1" t="s">
         <v>62</v>
       </c>
+      <c r="E25" s="1" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A26" s="12" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="17" t="s">
+      <c r="A26" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C26" s="12">
-[...2 lines deleted...]
-      <c r="D26" s="12" t="s">
+      <c r="B26" s="19" t="s">
         <v>65</v>
       </c>
-      <c r="E26" s="12" t="s">
-        <v>65</v>
+      <c r="C26" s="1">
+        <v>1</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="9" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="B27" s="10" t="s">
         <v>67</v>
       </c>
+      <c r="B27" s="15" t="s">
+        <v>68</v>
+      </c>
       <c r="C27" s="9">
         <v>1</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>69</v>
+      </c>
+      <c r="E27" s="16" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A28" s="10"/>
-      <c r="B28" s="10" t="s">
+      <c r="A28" s="15"/>
+      <c r="B28" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="9">
+        <v>1</v>
+      </c>
+      <c r="D28" s="9" t="s">
         <v>69</v>
       </c>
-      <c r="C28" s="9">
-[...6 lines deleted...]
-        <v>70</v>
+      <c r="E28" s="16" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A29" s="18" t="s">
+      <c r="A29" s="20" t="s">
         <v>71</v>
       </c>
-      <c r="B29" s="11" t="s">
+      <c r="B29" s="17" t="s">
         <v>72</v>
       </c>
-      <c r="C29" s="18">
-[...2 lines deleted...]
-      <c r="D29" s="18" t="s">
+      <c r="C29" s="20">
+        <v>1</v>
+      </c>
+      <c r="D29" s="20" t="s">
         <v>73</v>
       </c>
-      <c r="E29" s="18" t="s">
+      <c r="E29" s="10" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A30" s="13"/>
-      <c r="B30" s="13" t="s">
+      <c r="A30" s="18"/>
+      <c r="B30" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="C30" s="19">
+      <c r="C30" s="21">
         <v>2</v>
       </c>
-      <c r="D30" s="19" t="s">
+      <c r="D30" s="21" t="s">
         <v>75</v>
       </c>
-      <c r="E30" s="19" t="s">
+      <c r="E30" s="22" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A31" s="12" t="s">
+      <c r="A31" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B31" s="17" t="s">
+      <c r="B31" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C31" s="12">
-[...2 lines deleted...]
-      <c r="D31" s="12" t="s">
+      <c r="C31" s="1">
+        <v>1</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="E31" s="12" t="s">
+      <c r="E31" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A32" s="12" t="s">
+      <c r="A32" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B32" s="17" t="s">
+      <c r="B32" s="19" t="s">
         <v>80</v>
       </c>
-      <c r="C32" s="12">
+      <c r="C32" s="1">
         <v>11</v>
       </c>
-      <c r="D32" s="12" t="s">
+      <c r="D32" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="E32" s="12" t="s">
+      <c r="E32" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A33" s="9" t="s">
         <v>82</v>
       </c>
-      <c r="B33" s="10" t="s">
+      <c r="B33" s="15" t="s">
         <v>83</v>
       </c>
       <c r="C33" s="9">
         <v>8</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>84</v>
       </c>
-      <c r="E33" s="9" t="s">
+      <c r="E33" s="16" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A34" s="10"/>
-      <c r="B34" s="10" t="s">
+      <c r="A34" s="15"/>
+      <c r="B34" s="15" t="s">
         <v>86</v>
       </c>
       <c r="C34" s="9">
         <v>1</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>87</v>
       </c>
-      <c r="E34" s="9" t="s">
+      <c r="E34" s="16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A35" s="12" t="s">
+      <c r="A35" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B35" s="17" t="s">
+      <c r="B35" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C35" s="12">
-[...2 lines deleted...]
-      <c r="D35" s="12" t="s">
+      <c r="C35" s="1">
+        <v>1</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="E35" s="12" t="s">
+      <c r="E35" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="9" t="s">
         <v>90</v>
       </c>
-      <c r="B36" s="10" t="s">
+      <c r="B36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="9">
         <v>4</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="E36" s="9" t="s">
+      <c r="E36" s="16" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A37" s="10"/>
-      <c r="B37" s="10" t="s">
+      <c r="A37" s="15"/>
+      <c r="B37" s="15" t="s">
         <v>93</v>
       </c>
       <c r="C37" s="9">
         <v>1</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>94</v>
       </c>
-      <c r="E37" s="9" t="s">
+      <c r="E37" s="16" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A38" s="12" t="s">
+      <c r="A38" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B38" s="17" t="s">
+      <c r="B38" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C38" s="12">
-[...2 lines deleted...]
-      <c r="D38" s="12" t="s">
+      <c r="C38" s="1">
+        <v>1</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="E38" s="12" t="s">
+      <c r="E38" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" s="9" t="s">
         <v>97</v>
       </c>
-      <c r="B39" s="10" t="s">
+      <c r="B39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="C39" s="9">
         <v>3</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>99</v>
       </c>
-      <c r="E39" s="9" t="s">
+      <c r="E39" s="16" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A40" s="10"/>
-      <c r="B40" s="10" t="s">
+      <c r="A40" s="15"/>
+      <c r="B40" s="15" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="9">
         <v>1</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>66</v>
+      </c>
+      <c r="E40" s="16" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A41" s="10"/>
-      <c r="B41" s="10" t="s">
+      <c r="A41" s="15"/>
+      <c r="B41" s="15" t="s">
         <v>101</v>
       </c>
       <c r="C41" s="9">
         <v>5</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>102</v>
       </c>
-      <c r="E41" s="9" t="s">
+      <c r="E41" s="16" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A42" s="18" t="s">
+      <c r="A42" s="20" t="s">
         <v>104</v>
       </c>
-      <c r="B42" s="11" t="s">
+      <c r="B42" s="17" t="s">
         <v>83</v>
       </c>
-      <c r="C42" s="18">
+      <c r="C42" s="20">
         <v>6</v>
       </c>
-      <c r="D42" s="18" t="s">
+      <c r="D42" s="20" t="s">
         <v>105</v>
       </c>
-      <c r="E42" s="18" t="s">
+      <c r="E42" s="10" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A43" s="13"/>
-      <c r="B43" s="13" t="s">
+      <c r="A43" s="18"/>
+      <c r="B43" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="C43" s="19">
+      <c r="C43" s="21">
         <v>7</v>
       </c>
-      <c r="D43" s="19" t="s">
+      <c r="D43" s="21" t="s">
         <v>108</v>
       </c>
-      <c r="E43" s="19" t="s">
+      <c r="E43" s="22" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="9" t="s">
         <v>110</v>
       </c>
-      <c r="B44" s="10" t="s">
+      <c r="B44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="C44" s="9">
         <v>1</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>112</v>
       </c>
-      <c r="E44" s="9" t="s">
+      <c r="E44" s="16" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A45" s="10"/>
-      <c r="B45" s="10" t="s">
+      <c r="A45" s="15"/>
+      <c r="B45" s="15" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="9">
         <v>5</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>113</v>
       </c>
-      <c r="E45" s="9" t="s">
+      <c r="E45" s="16" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A46" s="10"/>
-      <c r="B46" s="10" t="s">
+      <c r="A46" s="15"/>
+      <c r="B46" s="15" t="s">
         <v>86</v>
       </c>
       <c r="C46" s="9">
         <v>16</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>115</v>
       </c>
-      <c r="E46" s="9" t="s">
+      <c r="E46" s="16" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A47" s="18" t="s">
+      <c r="A47" s="20" t="s">
         <v>117</v>
       </c>
-      <c r="B47" s="11" t="s">
+      <c r="B47" s="17" t="s">
         <v>118</v>
       </c>
-      <c r="C47" s="18">
-[...2 lines deleted...]
-      <c r="D47" s="18" t="s">
+      <c r="C47" s="20">
+        <v>1</v>
+      </c>
+      <c r="D47" s="20" t="s">
         <v>119</v>
       </c>
-      <c r="E47" s="18" t="s">
+      <c r="E47" s="10" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A48" s="10"/>
-      <c r="B48" s="10" t="s">
+      <c r="A48" s="15"/>
+      <c r="B48" s="15" t="s">
         <v>120</v>
       </c>
       <c r="C48" s="9">
         <v>1</v>
       </c>
       <c r="D48" s="9" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>121</v>
+      </c>
+      <c r="E48" s="16" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A49" s="10"/>
-      <c r="B49" s="10" t="s">
+      <c r="A49" s="15"/>
+      <c r="B49" s="15" t="s">
         <v>93</v>
       </c>
       <c r="C49" s="9">
         <v>2</v>
       </c>
       <c r="D49" s="9" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="E49" s="9" t="s">
         <v>122</v>
       </c>
+      <c r="E49" s="16" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A50" s="13"/>
-      <c r="B50" s="13" t="s">
+      <c r="A50" s="18"/>
+      <c r="B50" s="18" t="s">
         <v>86</v>
       </c>
-      <c r="C50" s="19">
+      <c r="C50" s="21">
         <v>4</v>
       </c>
-      <c r="D50" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="19" t="s">
+      <c r="D50" s="21" t="s">
         <v>124</v>
       </c>
+      <c r="E50" s="22" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A51" s="12" t="s">
-[...2 lines deleted...]
-      <c r="B51" s="17" t="s">
+      <c r="A51" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C51" s="12">
+      <c r="B51" s="19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C51" s="1">
         <v>0.5</v>
       </c>
-      <c r="D51" s="12" t="s">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="D51" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>128</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A52" s="18" t="s">
-[...2 lines deleted...]
-      <c r="B52" s="11" t="s">
+      <c r="A52" s="9" t="s">
         <v>129</v>
       </c>
-      <c r="C52" s="18">
+      <c r="B52" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="C52" s="9">
         <v>9</v>
       </c>
-      <c r="D52" s="18" t="s">
+      <c r="D52" s="9" t="s">
         <v>37</v>
       </c>
-      <c r="E52" s="18" t="s">
-        <v>130</v>
+      <c r="E52" s="16" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A53" s="10"/>
-[...1 lines deleted...]
-        <v>131</v>
+      <c r="A53" s="15"/>
+      <c r="B53" s="15" t="s">
+        <v>132</v>
       </c>
       <c r="C53" s="9">
         <v>2</v>
       </c>
       <c r="D53" s="9" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="E53" s="9" t="s">
         <v>133</v>
       </c>
+      <c r="E53" s="16" t="s">
+        <v>134</v>
+      </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A54" s="10"/>
-[...1 lines deleted...]
-        <v>134</v>
+      <c r="A54" s="15"/>
+      <c r="B54" s="15" t="s">
+        <v>135</v>
       </c>
       <c r="C54" s="9">
         <v>2</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>47</v>
+      </c>
+      <c r="E54" s="16" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A55" s="19" t="s">
-[...2 lines deleted...]
-      <c r="B55" s="13" t="s">
+      <c r="A55" s="20" t="s">
         <v>136</v>
       </c>
-      <c r="C55" s="19">
+      <c r="B55" s="17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C55" s="20">
         <v>5</v>
       </c>
-      <c r="D55" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="19" t="s">
+      <c r="D55" s="20" t="s">
         <v>138</v>
       </c>
+      <c r="E55" s="10" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A56" s="10"/>
-      <c r="B56" s="10" t="s">
+      <c r="A56" s="15"/>
+      <c r="B56" s="15" t="s">
         <v>93</v>
       </c>
       <c r="C56" s="9">
         <v>2</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>44</v>
       </c>
-      <c r="E56" s="9" t="s">
+      <c r="E56" s="16" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A57" s="10"/>
-[...1 lines deleted...]
-        <v>134</v>
+      <c r="A57" s="15"/>
+      <c r="B57" s="15" t="s">
+        <v>135</v>
       </c>
       <c r="C57" s="9">
         <v>2</v>
       </c>
       <c r="D57" s="9" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="E57" s="9" t="s">
         <v>140</v>
       </c>
+      <c r="E57" s="16" t="s">
+        <v>141</v>
+      </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A58" s="10"/>
-[...1 lines deleted...]
-        <v>141</v>
+      <c r="A58" s="15"/>
+      <c r="B58" s="15" t="s">
+        <v>142</v>
       </c>
       <c r="C58" s="9">
         <v>1</v>
       </c>
       <c r="D58" s="9" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>143</v>
+      </c>
+      <c r="E58" s="16" t="s">
+        <v>143</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A59" s="10"/>
-[...6 lines deleted...]
-      <c r="D59" s="9" t="s">
+      <c r="A59" s="18"/>
+      <c r="B59" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C59" s="21">
+        <v>1</v>
+      </c>
+      <c r="D59" s="21" t="s">
         <v>44</v>
       </c>
-      <c r="E59" s="9" t="s">
+      <c r="E59" s="22" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A60" s="18" t="s">
-[...5 lines deleted...]
-      <c r="C60" s="18">
+      <c r="A60" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="B60" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="C60" s="9">
         <v>2</v>
       </c>
-      <c r="D60" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="18" t="s">
+      <c r="D60" s="9" t="s">
         <v>146</v>
       </c>
+      <c r="E60" s="16" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A61" s="10"/>
-[...1 lines deleted...]
-        <v>147</v>
+      <c r="A61" s="15"/>
+      <c r="B61" s="15" t="s">
+        <v>148</v>
       </c>
       <c r="C61" s="9">
         <v>1</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>89</v>
       </c>
-      <c r="E61" s="9" t="s">
+      <c r="E61" s="16" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A62" s="10"/>
-[...1 lines deleted...]
-        <v>148</v>
+      <c r="A62" s="15"/>
+      <c r="B62" s="15" t="s">
+        <v>149</v>
       </c>
       <c r="C62" s="9">
         <v>11</v>
       </c>
       <c r="D62" s="9" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="E62" s="9" t="s">
         <v>150</v>
       </c>
+      <c r="E62" s="16" t="s">
+        <v>151</v>
+      </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A63" s="10"/>
-[...1 lines deleted...]
-        <v>151</v>
+      <c r="A63" s="15"/>
+      <c r="B63" s="15" t="s">
+        <v>152</v>
       </c>
       <c r="C63" s="9">
         <v>1</v>
       </c>
       <c r="D63" s="9" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>153</v>
+      </c>
+      <c r="E63" s="16" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A64" s="13"/>
-[...3 lines deleted...]
-      <c r="C64" s="19">
+      <c r="A64" s="15"/>
+      <c r="B64" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="C64" s="9">
         <v>2</v>
       </c>
-      <c r="D64" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="19" t="s">
+      <c r="D64" s="9" t="s">
         <v>122</v>
       </c>
+      <c r="E64" s="16" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A65" s="12" t="s">
-[...2 lines deleted...]
-      <c r="B65" s="17" t="s">
+      <c r="A65" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="C65" s="12">
-[...2 lines deleted...]
-      <c r="D65" s="12" t="s">
+      <c r="B65" s="19" t="s">
         <v>156</v>
       </c>
-      <c r="E65" s="12" t="s">
-        <v>156</v>
+      <c r="C65" s="1">
+        <v>1</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E65" s="23" t="s">
+        <v>157</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="9" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="B66" s="10" t="s">
         <v>158</v>
       </c>
+      <c r="B66" s="15" t="s">
+        <v>159</v>
+      </c>
       <c r="C66" s="9">
         <v>1</v>
       </c>
       <c r="D66" s="9" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>78</v>
+      </c>
+      <c r="E66" s="16" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A67" s="10"/>
-      <c r="B67" s="10" t="s">
+      <c r="A67" s="15"/>
+      <c r="B67" s="15" t="s">
         <v>160</v>
       </c>
       <c r="C67" s="9">
         <v>3</v>
       </c>
       <c r="D67" s="9" t="s">
         <v>89</v>
       </c>
-      <c r="E67" s="9" t="s">
+      <c r="E67" s="16" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A68" s="12" t="s">
+      <c r="A68" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B68" s="17" t="s">
+      <c r="B68" s="19" t="s">
         <v>162</v>
       </c>
-      <c r="C68" s="12">
+      <c r="C68" s="1">
         <v>3</v>
       </c>
-      <c r="D68" s="12" t="s">
+      <c r="D68" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="E68" s="12" t="s">
+      <c r="E68" s="1" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A69" s="12" t="s">
+      <c r="A69" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="B69" s="17" t="s">
+      <c r="B69" s="19" t="s">
         <v>166</v>
       </c>
-      <c r="C69" s="12">
+      <c r="C69" s="1">
         <v>4</v>
       </c>
-      <c r="D69" s="12" t="s">
+      <c r="D69" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="E69" s="12" t="s">
+      <c r="E69" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A70" s="12" t="s">
+      <c r="A70" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B70" s="17" t="s">
+      <c r="B70" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C70" s="12">
-[...6 lines deleted...]
-        <v>34</v>
+      <c r="C70" s="1">
+        <v>1</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>168</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A71" s="18" t="s">
+      <c r="A71" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="B71" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C71" s="9">
+        <v>25</v>
+      </c>
+      <c r="D71" s="9" t="s">
+        <v>171</v>
+      </c>
+      <c r="E71" s="16" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A72" s="15"/>
+      <c r="B72" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="C72" s="9">
+        <v>21</v>
+      </c>
+      <c r="D72" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="E72" s="16" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A73" s="20" t="s">
+        <v>176</v>
+      </c>
+      <c r="B73" s="17" t="s">
+        <v>177</v>
+      </c>
+      <c r="C73" s="20">
+        <v>216.75</v>
+      </c>
+      <c r="D73" s="20" t="s">
+        <v>178</v>
+      </c>
+      <c r="E73" s="10" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A74" s="15"/>
+      <c r="B74" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="C74" s="9">
+        <v>197</v>
+      </c>
+      <c r="D74" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="E74" s="16" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A75" s="18"/>
+      <c r="B75" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="C75" s="21">
+        <v>58</v>
+      </c>
+      <c r="D75" s="21" t="s">
+        <v>183</v>
+      </c>
+      <c r="E75" s="22" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A76" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B76" s="19" t="s">
+        <v>186</v>
+      </c>
+      <c r="C76" s="1">
+        <v>65</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A77" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B77" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C77" s="1">
+        <v>23</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A78" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B78" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C78" s="1">
+        <v>11</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A79" s="9" t="s">
+        <v>195</v>
+      </c>
+      <c r="B79" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="C79" s="9">
+        <v>1</v>
+      </c>
+      <c r="D79" s="9" t="s">
+        <v>197</v>
+      </c>
+      <c r="E79" s="16" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A80" s="15"/>
+      <c r="B80" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="C80" s="9">
+        <v>1</v>
+      </c>
+      <c r="D80" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="E80" s="16" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A81" s="20" t="s">
+        <v>200</v>
+      </c>
+      <c r="B81" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="C81" s="20">
+        <v>1</v>
+      </c>
+      <c r="D81" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="E81" s="10" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A82" s="18"/>
+      <c r="B82" s="18" t="s">
+        <v>202</v>
+      </c>
+      <c r="C82" s="21">
+        <v>6</v>
+      </c>
+      <c r="D82" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="E82" s="22" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A83" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B83" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C83" s="1">
+        <v>1</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A84" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B84" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="C84" s="1">
+        <v>2</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A85" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B85" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="C85" s="1">
+        <v>1</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A86" s="20" t="s">
+        <v>208</v>
+      </c>
+      <c r="B86" s="17" t="s">
+        <v>209</v>
+      </c>
+      <c r="C86" s="20">
+        <v>1</v>
+      </c>
+      <c r="D86" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A87" s="18"/>
+      <c r="B87" s="18" t="s">
+        <v>210</v>
+      </c>
+      <c r="C87" s="21">
+        <v>2</v>
+      </c>
+      <c r="D87" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="E87" s="22" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A88" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B88" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C88" s="1">
+        <v>1</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E88" s="23" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A89" s="20" t="s">
+        <v>213</v>
+      </c>
+      <c r="B89" s="17" t="s">
+        <v>214</v>
+      </c>
+      <c r="C89" s="20">
+        <v>4</v>
+      </c>
+      <c r="D89" s="20" t="s">
+        <v>215</v>
+      </c>
+      <c r="E89" s="10" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A90" s="18"/>
+      <c r="B90" s="18" t="s">
+        <v>217</v>
+      </c>
+      <c r="C90" s="21">
+        <v>22</v>
+      </c>
+      <c r="D90" s="21" t="s">
+        <v>218</v>
+      </c>
+      <c r="E90" s="22" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A91" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B91" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C91" s="1">
+        <v>1</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A92" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B92" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C92" s="1">
+        <v>2</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E92" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B71" s="11" t="s">
-[...259 lines deleted...]
-      <c r="B87" s="10" t="s">
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A93" s="20" t="s">
+        <v>224</v>
+      </c>
+      <c r="B93" s="17" t="s">
+        <v>225</v>
+      </c>
+      <c r="C93" s="20">
+        <v>1</v>
+      </c>
+      <c r="D93" s="20" t="s">
+        <v>226</v>
+      </c>
+      <c r="E93" s="10" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A94" s="18"/>
+      <c r="B94" s="18" t="s">
         <v>210</v>
       </c>
-      <c r="C87" s="9">
-[...121 lines deleted...]
-        <v>226</v>
+      <c r="C94" s="21">
+        <v>1</v>
+      </c>
+      <c r="D94" s="21" t="s">
+        <v>227</v>
+      </c>
+      <c r="E94" s="22" t="s">
+        <v>227</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A95" s="12" t="s">
-[...2 lines deleted...]
-      <c r="B95" s="17" t="s">
+      <c r="A95" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="C95" s="12">
-[...2 lines deleted...]
-      <c r="D95" s="12" t="s">
+      <c r="B95" s="19" t="s">
         <v>229</v>
       </c>
-      <c r="E95" s="12" t="s">
-        <v>229</v>
+      <c r="C95" s="1">
+        <v>1</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="E95" s="23" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A96" s="18" t="s">
-[...2 lines deleted...]
-      <c r="B96" s="11" t="s">
+      <c r="A96" s="20" t="s">
         <v>231</v>
       </c>
-      <c r="C96" s="18">
-[...2 lines deleted...]
-      <c r="D96" s="18" t="s">
+      <c r="B96" s="17" t="s">
         <v>232</v>
       </c>
-      <c r="E96" s="18" t="s">
-        <v>232</v>
+      <c r="C96" s="20">
+        <v>1</v>
+      </c>
+      <c r="D96" s="20" t="s">
+        <v>233</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>233</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A97" s="13"/>
-[...3 lines deleted...]
-      <c r="C97" s="19">
+      <c r="A97" s="18"/>
+      <c r="B97" s="18" t="s">
+        <v>234</v>
+      </c>
+      <c r="C97" s="21">
         <v>10</v>
       </c>
-      <c r="D97" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="19" t="s">
+      <c r="D97" s="21" t="s">
         <v>235</v>
       </c>
+      <c r="E97" s="22" t="s">
+        <v>236</v>
+      </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A98" s="18" t="s">
-[...2 lines deleted...]
-      <c r="B98" s="11" t="s">
+      <c r="A98" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="C98" s="18">
+      <c r="B98" s="19" t="s">
+        <v>238</v>
+      </c>
+      <c r="C98" s="1">
         <v>0.5</v>
       </c>
-      <c r="D98" s="18" t="s">
-[...3 lines deleted...]
-        <v>238</v>
+      <c r="D98" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A99" s="19" t="s">
-[...2 lines deleted...]
-      <c r="B99" s="13" t="s">
+      <c r="A99" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="C99" s="19">
+      <c r="B99" s="19" t="s">
+        <v>241</v>
+      </c>
+      <c r="C99" s="1">
         <v>0.5</v>
       </c>
-      <c r="D99" s="19" t="s">
-[...3 lines deleted...]
-        <v>241</v>
+      <c r="D99" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>242</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A100" s="13"/>
-[...5 lines deleted...]
-      <c r="E100" s="13"/>
+      <c r="A100" s="19"/>
+      <c r="B100" s="19"/>
+      <c r="C100" s="24">
+        <v>917</v>
+      </c>
+      <c r="D100" s="19"/>
+      <c r="E100" s="19"/>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A102" s="25" t="s">
+        <v>243</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.45" bottom="0.85" header="0.2" footer="0.6"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>