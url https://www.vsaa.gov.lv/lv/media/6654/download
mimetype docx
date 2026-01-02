--- v0 (2025-10-09)
+++ v1 (2026-01-02)
@@ -6,52 +6,50 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D">
       <w:pPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="65" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="4285" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">ĢIMENES ATGRIEŠANĀS LATVIJĀ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="75" w:firstLine="0"/>
@@ -311,73 +309,112 @@
               <w:spacing w:after="8" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0026723B" w:rsidRDefault="00365F3D" w:rsidP="0026723B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="407"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0026723B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Bērna piedzimšanas pabalsts</w:t>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve"> 421,17 EUR </w:t>
+            <w:r w:rsidRPr="000835FF">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00412917" w:rsidRPr="000835FF">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">600 </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D" w:rsidP="0026723B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="407"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0026723B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Bērna kopšanas pabalsts</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> (171 EUR līdz 1,5 g, 42,69 EUR 1,5-2 g) </w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00607CE6" w:rsidRPr="000835FF">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>298</w:t>
+            </w:r>
+            <w:r w:rsidR="00607CE6" w:rsidRPr="00607CE6">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> līdz 1,5 g, 42,69 </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 1,5-2 g) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCECFF"/>
           </w:tcPr>
           <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D">
             <w:pPr>
               <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="12" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D">
@@ -499,86 +536,113 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D" w:rsidP="0026723B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="36" w:line="238" w:lineRule="auto"/>
               <w:ind w:right="50"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0026723B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Bērna kopšanas pabalsts</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> (171 EUR līdz 1,5 g, 42,69 EUR 1,5-2 g) </w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF6E85" w:rsidRPr="000835FF">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>298</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000835FF">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> līdz 1,5 g, 42,69 </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 1,5-2 g) </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004B487F" w:rsidRDefault="00365F3D" w:rsidP="0026723B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0026723B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Ģimenes valsts pabalsts</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (no bērna 1 gada vecuma)</w:t>
             </w:r>
             <w:r w:rsidR="0045327E">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="0026723B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004B487F">
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="0045327E">
               <w:t xml:space="preserve">ar 1 </w:t>
             </w:r>
             <w:r w:rsidR="0045327E" w:rsidRPr="00E74701">
-              <w:t>bērnu 25,00 EUR</w:t>
+              <w:t xml:space="preserve">bērnu 25,00 </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
             </w:r>
             <w:r w:rsidR="00272EB8" w:rsidRPr="00E74701">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCECFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="34" w:right="23" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -753,93 +817,117 @@
             </w:pPr>
             <w:r w:rsidRPr="0026723B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Ģimenes valsts pabalsts</w:t>
             </w:r>
             <w:r w:rsidR="005E70F9" w:rsidRPr="0026723B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CD1367" w:rsidRPr="00E74701" w:rsidRDefault="00CD1367" w:rsidP="0026723B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="00E74701">
-              <w:t>par 1 bērnu 25,00 EUR ;</w:t>
+              <w:t xml:space="preserve">par 1 bērnu 25,00 </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E74701">
+              <w:t xml:space="preserve"> ;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CD1367" w:rsidRPr="00E74701" w:rsidRDefault="00CD1367" w:rsidP="0026723B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="00E74701">
-              <w:t>par 2 bērniem kopā 100,00 EUR;</w:t>
+              <w:t xml:space="preserve">par 2 bērniem kopā 100,00 </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E74701">
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CD1367" w:rsidRPr="00E74701" w:rsidRDefault="00CD1367" w:rsidP="0026723B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="00E74701">
-              <w:t>par 3 bērniem kopā 225,00 EUR;</w:t>
+              <w:t xml:space="preserve">par 3 bērniem kopā 225,00 </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E74701">
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CD1367" w:rsidRDefault="00CD1367" w:rsidP="0026723B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="00E74701">
-              <w:t>par 4 un vairāk bērniem (par katru 100,00 EUR)</w:t>
+              <w:t xml:space="preserve">par 4 un vairāk bērniem (par katru 100,00 </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E74701">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A16BB8" w:rsidRDefault="00A16BB8">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="6" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCECFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
@@ -1042,93 +1130,129 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D" w:rsidP="0026723B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0026723B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Bērna piedzimšanas pabalsts</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> 421,17 EUR </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000729D7" w:rsidRPr="000835FF">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>600</w:t>
+            </w:r>
+            <w:r w:rsidR="000729D7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0026723B">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">(ja pabalsts pieprasīts 6 mēnešu laikā no bērna astotās dzīvības dienas) </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D" w:rsidP="0026723B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:ind w:right="60"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0026723B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Bērna kopšanas pabalsts:</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> 171 EUR līdz 1,5 g, 42,69 EUR 1,5-2 g </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000729D7" w:rsidRPr="000835FF">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">298 </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> līdz 1,5 g, 42,69 </w:t>
+            </w:r>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 1,5-2 g </w:t>
             </w:r>
             <w:r w:rsidRPr="0026723B">
               <w:rPr>
                 <w:color w:val="FF0101"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Ģimenes valsts pabalsts </w:t>
             </w:r>
             <w:r w:rsidR="001B2A79">
               <w:t xml:space="preserve">par 1 bērnu 25,00 </w:t>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve">EUR (no bērna 1 gada vecuma) </w:t>
+            <w:r w:rsidR="000835FF">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (no bērna 1 gada vecuma) </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A16BB8" w:rsidRDefault="00365F3D">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="6" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Kamēr mamma saņem maternitātes pabalstu no citas valsts, tiesības pieprasīt bērna kopšanas pabalstu un ģimenes valsts pabalstu ir tēvam. Pēc maternitātes pabalsta saņemšanas beigām, pabalstus var pieprasīt mamma. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
@@ -1450,51 +1574,59 @@
             <w:tcW w:w="5221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w:rsidR="00FD1654" w:rsidRPr="00E74701" w:rsidRDefault="00FD1654" w:rsidP="0026723B">
             <w:pPr>
               <w:spacing w:after="0" w:line="277" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0026723B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Ģimenes valsts pabalsts</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E74701">
-              <w:t xml:space="preserve">25,00 EUR - </w:t>
+              <w:t xml:space="preserve">25,00 </w:t>
+            </w:r>
+            <w:r w:rsidR="00B63366">
+              <w:t>eiro</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00E74701">
+              <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="00E74701">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>pieprasāms tēvam.</w:t>
             </w:r>
             <w:r w:rsidRPr="00E74701">
               <w:t xml:space="preserve"> Mātei no pēdējās nodarbinātības valsts </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FD1654" w:rsidRPr="00E74701" w:rsidRDefault="00FD1654" w:rsidP="0026723B">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="00E74701">
               <w:t xml:space="preserve">(kura izmaksā bezdarbnieka pabalstu) pienākas ģimenes pabalstu summa starpības apmērā, ja </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FD1654" w:rsidRPr="00E74701" w:rsidRDefault="00FD1654" w:rsidP="0026723B">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="25" w:firstLine="0"/>
@@ -2821,117 +2953,127 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A16BB8"/>
+    <w:rsid w:val="000729D7"/>
+    <w:rsid w:val="000835FF"/>
     <w:rsid w:val="000F3821"/>
     <w:rsid w:val="001B2A79"/>
     <w:rsid w:val="0026723B"/>
     <w:rsid w:val="00272EB8"/>
     <w:rsid w:val="00365F3D"/>
+    <w:rsid w:val="00380F5B"/>
     <w:rsid w:val="0038763A"/>
+    <w:rsid w:val="00412917"/>
     <w:rsid w:val="0045327E"/>
     <w:rsid w:val="004B487F"/>
     <w:rsid w:val="005E70F9"/>
     <w:rsid w:val="005F44E2"/>
+    <w:rsid w:val="00607CE6"/>
     <w:rsid w:val="00651260"/>
     <w:rsid w:val="0068296A"/>
     <w:rsid w:val="006E4ADE"/>
     <w:rsid w:val="0070207C"/>
+    <w:rsid w:val="007B7100"/>
     <w:rsid w:val="007D0F6D"/>
     <w:rsid w:val="00A117C2"/>
     <w:rsid w:val="00A151AA"/>
     <w:rsid w:val="00A16BB8"/>
     <w:rsid w:val="00AF492C"/>
     <w:rsid w:val="00B61636"/>
+    <w:rsid w:val="00B63366"/>
     <w:rsid w:val="00C3435E"/>
     <w:rsid w:val="00CD1367"/>
     <w:rsid w:val="00D9084F"/>
+    <w:rsid w:val="00DF6E85"/>
     <w:rsid w:val="00E57D26"/>
     <w:rsid w:val="00E74701"/>
     <w:rsid w:val="00E76F4D"/>
     <w:rsid w:val="00EE3C75"/>
     <w:rsid w:val="00F61061"/>
     <w:rsid w:val="00FD1654"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="53FA05A1"/>
   <w15:docId w15:val="{69816566-4506-4AC7-A1FE-D070CF017809}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3663,68 +3805,68 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2718</Words>
-  <Characters>1550</Characters>
+  <Words>2724</Words>
+  <Characters>1553</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ĢIMENES ATGRIEŠANĀS LATVIJĀ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4260</CharactersWithSpaces>
+  <CharactersWithSpaces>4269</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ĢIMENES ATGRIEŠANĀS LATVIJĀ</dc:title>
   <dc:subject/>
   <dc:creator>SolvitaSukure</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>