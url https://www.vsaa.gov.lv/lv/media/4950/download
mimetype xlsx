--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -4,120 +4,117 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\SND\AndaDaine\My Documents\NOMA\NOMAS_SARAKSTS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\FS-FV-01\work\SND\AndaDaine\My Documents\NOMA\NOMAS_SARAKSTS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{12C94251-B3B7-44C6-92E1-9F592A20EEEB}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F95E937A-C141-4D0F-9053-906859F9DD50}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-20" yWindow="110" windowWidth="20520" windowHeight="7460" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <si>
     <t>VSAA nomāto īpašumu saraksts</t>
   </si>
   <si>
     <t>Adrese</t>
   </si>
   <si>
     <t>Telpu platība m2</t>
   </si>
   <si>
     <t>Nomas maksa mēnesī  EUR (bez PVN)</t>
   </si>
   <si>
     <r>
       <t>Zemes platība m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Bookman Old Style"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">
 Zemes nomas maksa
 mēnesī  EUR
 (bez PVN)</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Rīga, Lāčplēša iela 70a</t>
   </si>
   <si>
     <t>Rīga, Mārupes iela 1</t>
   </si>
   <si>
     <t>Bauska, Uzvaras ielā 1</t>
   </si>
   <si>
     <t xml:space="preserve"> Gulbenē, Ozolu ielā 2a</t>
   </si>
   <si>
-    <t>Jelgava,Pasta 43</t>
-[...1 lines deleted...]
-  <si>
     <t>Jēkabpilī, Rīgas ielā 152</t>
   </si>
   <si>
     <t>Krāslavā, Skolas ielā 7</t>
   </si>
   <si>
     <t>Liepāja, Graudu ielā 50</t>
   </si>
   <si>
     <t>Ogre, Brīvības iela 33</t>
   </si>
   <si>
     <t>Saldus, Avotu iela 12</t>
   </si>
   <si>
     <t>Talsi, Kareivju iela 7</t>
   </si>
   <si>
     <t>Tukums, Raudas iela 12a</t>
   </si>
   <si>
     <t>Limbaži, Rīgas iela 16</t>
   </si>
   <si>
     <t>Ventspils, Lakstīgalu 1</t>
@@ -177,56 +174,51 @@
   </si>
   <si>
     <t>Jūrmala, Ventspils šosejā 32</t>
   </si>
   <si>
     <t>Kuldīgā, Pilsētas laukumā 2</t>
   </si>
   <si>
     <t xml:space="preserve">
 2500,30</t>
   </si>
   <si>
     <t>Dobele, Zaļā iela 27</t>
   </si>
   <si>
     <t>Aizkraukle, Jaunceltnes iela 1a</t>
   </si>
   <si>
     <t>Madona, Raiņa iela 3</t>
   </si>
   <si>
     <t xml:space="preserve">
 871,50</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...4 lines deleted...]
-3634,58</t>
+    <t>Jelgava, Pasta 43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="14">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Bookman Old Style"/>
       <family val="1"/>
@@ -849,52 +841,52 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F36"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A6" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B13" sqref="B13"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
     <col min="1" max="1" width="32.26953125" customWidth="1"/>
     <col min="2" max="2" width="15.1796875" style="33" customWidth="1"/>
     <col min="3" max="3" width="14.26953125" style="33" customWidth="1"/>
     <col min="4" max="4" width="13.26953125" customWidth="1"/>
     <col min="5" max="5" width="12.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="21">
       <c r="A1" s="34" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="34"/>
       <c r="C1" s="34"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:6" ht="15" thickBot="1">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="1"/>
@@ -914,463 +906,463 @@
         <v>4</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="15" thickBot="1">
       <c r="A4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="6">
         <v>2</v>
       </c>
       <c r="C4" s="6">
         <v>3</v>
       </c>
       <c r="D4" s="6">
         <v>4</v>
       </c>
       <c r="E4" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="25" customHeight="1">
       <c r="A5" s="20" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B5" s="17">
         <v>2824.1</v>
       </c>
       <c r="C5" s="27">
         <v>16150.12</v>
       </c>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
     </row>
     <row r="6" spans="1:6" ht="19.5" customHeight="1">
       <c r="A6" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B6" s="17" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C6" s="17">
         <v>14426.73</v>
       </c>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
     </row>
     <row r="7" spans="1:6" ht="18.5" customHeight="1">
       <c r="A7" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="17">
         <v>2230</v>
       </c>
       <c r="C7" s="17">
         <v>10391.799999999999</v>
       </c>
       <c r="D7" s="14"/>
       <c r="E7" s="14"/>
     </row>
     <row r="8" spans="1:6" ht="22" customHeight="1">
       <c r="A8" s="19" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="17">
         <v>1199.3</v>
       </c>
       <c r="C8" s="17">
         <v>5407.17</v>
       </c>
       <c r="D8" s="15"/>
       <c r="E8" s="15"/>
     </row>
-    <row r="9" spans="1:6" s="18" customFormat="1" ht="21.5" customHeight="1">
+    <row r="9" spans="1:6" s="18" customFormat="1" ht="28" customHeight="1">
       <c r="A9" s="26" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B9" s="17">
         <v>239.7</v>
       </c>
       <c r="C9" s="17">
-        <v>3287.9</v>
+        <v>3291.79</v>
       </c>
       <c r="D9" s="21"/>
       <c r="E9" s="21"/>
     </row>
     <row r="10" spans="1:6" s="18" customFormat="1" ht="23" customHeight="1">
       <c r="A10" s="26" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B10" s="17">
         <v>47</v>
       </c>
       <c r="C10" s="17">
         <v>258.5</v>
       </c>
       <c r="D10" s="21"/>
       <c r="E10" s="21"/>
     </row>
     <row r="11" spans="1:6" s="22" customFormat="1" ht="24.5" customHeight="1">
       <c r="A11" s="28" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B11" s="17">
         <v>239.75</v>
       </c>
       <c r="C11" s="17">
         <v>671.3</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15"/>
     </row>
     <row r="12" spans="1:6" s="22" customFormat="1" ht="29.5" customHeight="1">
       <c r="A12" s="12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B12" s="17">
         <v>71</v>
       </c>
       <c r="C12" s="17">
         <v>156.91</v>
       </c>
       <c r="D12" s="15"/>
       <c r="E12" s="15"/>
       <c r="F12" s="23"/>
     </row>
     <row r="13" spans="1:6" ht="43.5" customHeight="1">
       <c r="A13" s="12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B13" s="8">
         <v>8.5</v>
       </c>
       <c r="C13" s="8">
         <v>20.66</v>
       </c>
       <c r="D13" s="15"/>
       <c r="E13" s="15"/>
     </row>
     <row r="14" spans="1:6" s="22" customFormat="1" ht="25" customHeight="1">
       <c r="A14" s="29" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="17">
         <v>200.1</v>
       </c>
       <c r="C14" s="17">
         <v>840.42</v>
       </c>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
     </row>
     <row r="15" spans="1:6" s="22" customFormat="1" ht="32.25" customHeight="1">
       <c r="A15" s="13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B15" s="8">
         <v>998.2</v>
       </c>
       <c r="C15" s="17">
         <v>4991</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15"/>
     </row>
     <row r="16" spans="1:6" ht="32.25" customHeight="1">
       <c r="A16" s="13" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B16" s="8">
         <v>249</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D16" s="15"/>
       <c r="E16" s="15"/>
     </row>
     <row r="17" spans="1:6" s="22" customFormat="1" ht="22.5" customHeight="1">
       <c r="A17" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="8">
         <v>177.5</v>
       </c>
       <c r="C17" s="17">
         <v>587.5</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="23"/>
     </row>
-    <row r="18" spans="1:6" s="22" customFormat="1" ht="27" customHeight="1">
+    <row r="18" spans="1:6" s="22" customFormat="1" ht="28" customHeight="1">
       <c r="A18" s="30" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="B18" s="8">
         <v>752.1</v>
       </c>
-      <c r="C18" s="17" t="s">
-        <v>41</v>
+      <c r="C18" s="17">
+        <v>3611.89</v>
       </c>
       <c r="D18" s="15"/>
       <c r="E18" s="15"/>
       <c r="F18" s="23"/>
     </row>
     <row r="19" spans="1:6" s="22" customFormat="1" ht="27" customHeight="1">
       <c r="A19" s="11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B19" s="8">
         <v>305.2</v>
       </c>
       <c r="C19" s="17">
         <v>290.89</v>
       </c>
       <c r="D19" s="8">
         <v>600</v>
       </c>
       <c r="E19" s="8">
         <v>2.67</v>
       </c>
       <c r="F19" s="23"/>
     </row>
     <row r="20" spans="1:6" s="22" customFormat="1" ht="25.5" customHeight="1">
       <c r="A20" s="11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B20" s="8">
         <v>230.34</v>
       </c>
       <c r="C20" s="8">
         <v>230.338842975207</v>
       </c>
       <c r="D20" s="15"/>
       <c r="E20" s="15"/>
     </row>
     <row r="21" spans="1:6" s="22" customFormat="1" ht="27" customHeight="1">
       <c r="A21" s="11" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B21" s="16">
         <v>212.6</v>
       </c>
       <c r="C21" s="17">
         <v>829.14</v>
       </c>
       <c r="D21" s="15"/>
       <c r="E21" s="15"/>
     </row>
     <row r="22" spans="1:6" ht="27" customHeight="1">
       <c r="A22" s="30" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B22" s="16">
         <v>814.2</v>
       </c>
-      <c r="C22" s="17" t="s">
-        <v>42</v>
+      <c r="C22" s="17">
+        <v>3692.11</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="15"/>
     </row>
     <row r="23" spans="1:6" ht="23.5" customHeight="1">
       <c r="A23" s="31" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B23" s="32">
         <v>200.5</v>
       </c>
       <c r="C23" s="17">
         <v>1086.1300000000001</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15"/>
     </row>
     <row r="24" spans="1:6" ht="26" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>230.1</v>
+        <v>14</v>
+      </c>
+      <c r="B24" s="32">
+        <v>238</v>
       </c>
       <c r="C24" s="17">
-        <v>1019.34</v>
+        <v>1066.24</v>
       </c>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
     </row>
     <row r="25" spans="1:6" ht="19" customHeight="1">
       <c r="A25" s="24" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B25" s="8">
         <v>180.72</v>
       </c>
       <c r="C25" s="8">
         <v>207.83</v>
       </c>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
     </row>
     <row r="26" spans="1:6" ht="22.5" customHeight="1">
       <c r="A26" s="11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B26" s="17">
         <v>256</v>
       </c>
       <c r="C26" s="17">
         <v>931.84</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15"/>
     </row>
     <row r="27" spans="1:6" ht="21.5" customHeight="1">
       <c r="A27" s="25" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B27" s="17">
         <v>594.6</v>
       </c>
       <c r="C27" s="17">
         <v>1450.82</v>
       </c>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
     </row>
-    <row r="28" spans="1:6" ht="23" customHeight="1">
+    <row r="28" spans="1:6" ht="27" customHeight="1">
       <c r="A28" s="20" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B28" s="17">
         <v>26</v>
       </c>
       <c r="C28" s="17">
-        <v>254.43</v>
+        <v>259.02999999999997</v>
       </c>
       <c r="D28" s="15"/>
       <c r="E28" s="15"/>
     </row>
     <row r="29" spans="1:6" ht="22" customHeight="1">
       <c r="A29" s="20" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B29" s="8">
         <v>241.64</v>
       </c>
       <c r="C29" s="17">
         <v>2184.4299999999998</v>
       </c>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
     </row>
     <row r="30" spans="1:6" ht="22.5" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B30" s="17">
         <v>888.17</v>
       </c>
       <c r="C30" s="17">
         <v>3685.91</v>
       </c>
       <c r="D30" s="8"/>
       <c r="E30" s="8"/>
     </row>
     <row r="31" spans="1:6" s="22" customFormat="1" ht="20" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B31" s="8">
         <v>335.2</v>
       </c>
       <c r="C31" s="17">
         <v>1173.2</v>
       </c>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="23"/>
     </row>
     <row r="32" spans="1:6" ht="21.5" customHeight="1">
       <c r="A32" s="10" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B32" s="17">
         <v>306.8</v>
       </c>
       <c r="C32" s="17">
         <v>2819.06</v>
       </c>
       <c r="D32" s="14"/>
       <c r="E32" s="14"/>
     </row>
     <row r="33" spans="1:5" ht="19.5" customHeight="1">
       <c r="A33" s="10" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B33" s="17">
         <v>612.79999999999995</v>
       </c>
       <c r="C33" s="17">
         <v>3223.33</v>
       </c>
       <c r="D33" s="14"/>
       <c r="E33" s="14"/>
     </row>
     <row r="34" spans="1:5" ht="23.5" customHeight="1">
       <c r="A34" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B34" s="17">
         <v>1027.4000000000001</v>
       </c>
       <c r="C34" s="17">
         <v>4126.78</v>
       </c>
       <c r="D34" s="14"/>
       <c r="E34" s="14"/>
     </row>
     <row r="35" spans="1:5" ht="21" customHeight="1">
       <c r="A35" s="10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B35" s="17">
         <v>409.8</v>
       </c>
       <c r="C35" s="17">
         <v>4432.4399999999996</v>
       </c>
       <c r="D35" s="14"/>
       <c r="E35" s="14"/>
     </row>
     <row r="36" spans="1:5" ht="23" customHeight="1">
       <c r="A36" s="10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B36" s="17">
         <v>396.44</v>
       </c>
       <c r="C36" s="17">
         <v>1891.02</v>
       </c>
       <c r="D36" s="14"/>
       <c r="E36" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>